--- v0 (2025-10-31)
+++ v1 (2026-03-29)
@@ -30,78 +30,78 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Introduction of sustainable youth entrepreneurship models as support to economic development in the Western Serbia and Eastern BiH</t>
   </si>
   <si>
     <t>25 773 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Goal of the project was to contribute to the creation of environment that would incite the development of youth entrepreneurship through education of youth and provision of business counselling services, as well as through support to creation of a competitive business environment in undeveloped municipalities of Zlatibor county and north-eastern BiH. Specific ovjectives included:  Development of personal skills and abilities important for the future of young people, such as self-initiative, self-reliance, creativity, teamwork, reliability, resonsibility, honesty, decisiveness; Acqusition of knowledge about market mechanisms and basic presumptions for decision-making;
 Establishment of new friendships, partnerships and inter-state contacts;
 Planning of future professions (trades) for young people in the region;
 Improvement of the education processes.</t>
   </si>
   <si>
     <t xml:space="preserve">Established institutional mechanisms for cooperation between 6 municipalities and schools in the program area;
 Enhanced capacities of 272 high school students,  CSOs from 6 municipalities in the program area – business ideas, economic actvities; 
 Established good practice for co-operation from 6 municipalities of program area;
 Increased level of education of young people from 6 municipalities in the program area.</t>
   </si>
   <si>
     <t>EU Support to Economic Development in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>497 508 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Main)</t>
   </si>
   <si>
     <t>The project will improve competitiveness food production SMEs and agricultural c ooperatives through establishment of sustainable support mechanisms and provisio n of technical support in the 4 target municipalities. The project will provide grants to at least 16 food production SMEs and agricultural cooperatives from Bi rac region. In addition, 24 women entrepreneurs will receive grants for implemen tation of their business plans to boost employment of socially vulnerable busine sses. The project will create at least 4 export oriented partnerships between th e local food producers for better access to food market. A number of joint initi atives between the municipalities and economic development institutions will be implemented, including two local trade fairs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Business environment for mainly export-oriented agricultural SMEs and producers improved in target municipalities through implementation of mentorship progra m to improve public policies and services and cooperation with other development and employment institutions and banks and implementation of Young Professional Program. 
 - Food production SMEs and agricultural cooperatives strengthened thro ugh the training and provision of grants and in-kind contribution to 16 beneficiaries for production improvement and physical infrastructure. 
 - Women and social entrepreneurship promoted at regional level as a sustainable business model by facilitating NGO MAJA to become a resource centre for women and social entrepre neurship and provision of training and grant support to women and social enterprises.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>