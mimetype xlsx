--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Internal information system in Centre for Information and Recognition of Qualifi cations in Higher Education</t>
   </si>
   <si>
     <t>35 682 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is IT supplies for higher education institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Purchased IT supplies for higher education institutions in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>Design and studies for railway section Visoko – Konjic (resolution of Ivan - Bradina bottleneck)</t>
   </si>
   <si>
     <t>3 003 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
@@ -123,78 +123,78 @@
   <si>
     <t>EMPOWER - Empowering Civil Society Organizations in the Social Inclusion of Persons with Disabilities</t>
   </si>
   <si>
     <t>378 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project is aimed at strengthening of CSOs of Persons with disabilities to contribute to social development and social inclusion in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - In total, 35 grassroots CSOs from 7 areas in BiH will be strenghten through training activities and supported through grant scheme to implement activities in the area of their comptetencies (social services, education etc.) 
 - Local authorities in at least 15 communitites will be organised in Action group and improve coordination and communciation with Civil society and be able to define and design actions aimed at imrovement of position of Persons with disabilities.</t>
   </si>
   <si>
     <t>Young people in joint action</t>
   </si>
   <si>
     <t>33 734 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The main goal of the project was the improvement of social cohesion between Montenegro and Bosnia and Herzegovina youth through people-to-people actions, and encouraging Montenegro and Bosnia and Herzegovina youth from the border regions to get involved in joint initiatives, which promoted cooperation between these groups and provided benefits for the cross border region.</t>
   </si>
   <si>
     <t xml:space="preserve">Memos of Understanding;
 	Students’ unions formed and the existing ones strengthened high schools from the border regions;
 Web-based communication channel established to facilitate the communication between representatives of Bosnian and Montenegrin students’ unions;
 Training sessions for students’ unions on issues concerning the border region and on writing and managing projects;
 Determination of students’ unions projects (10 projects in total);
 Research conducted on students' participation and the function of Student Unions at the beginning of the project;
 Follow-up research conducted on students' participation and the function of student unions at the end of the project.</t>
   </si>
   <si>
     <t>Development of Tourist Itinerary for Cross Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>91 409 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of the Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP Centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of the Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation if fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Developemnt of Tourist Itinerary for Cros Border Region between BIH and MNE</t>
   </si>
   <si>
@@ -205,101 +205,101 @@
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation on fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Mediterranean Medicinal Herbs - MED MED HERBS</t>
   </si>
   <si>
     <t>160 613 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to strengthen the competitiveness of the medicinal and aromatic herbs business sector in the cross-border region of Bosnia and Herzegovina and Croatia by establishing a direct co-operation between the scientific-educational institutions and all actors in the value chain of the medicinal and aromatic herbs production and distribution.
 This co-operation will be focused on establishing/reviving or upgrading the quality and quantity of the product through education, standardisation, branding and promotion activities. 
 Cross-border and regional networking will be the crucial element and starting point in the process of upgrading the product quality and quantity, in order to achieve the desired competitiveness on the market and realise joint potential in exporting. 
 New associations, formed by the principles of cluster functioning, will be established at the local level, while a network promoting joint production under the brand of Mediterranean Medicinal Herbs will be established on the cross-border regional level.  
 The project will additionally valorise local production and tradition by making it more visible and accessible to the tourist market, thus creating new opportunities for entrepreneurship development in agro-tourism sector. The goal of such activity is to provide added value to the product and strengthen the economic power of the operators through vertical and horizontal integration processes.</t>
   </si>
   <si>
     <t xml:space="preserve">- Scientific foundation for the intervention in medicinal and aromatic herbs sector was established: the Project developed a detailed analysis of needs of the region from two aspects: production and marketing of medicinal and aromatic herbs, based on which 2 local studies were produced on medicinal herbs current state, 1 joint market study, 1 study on medicinal herbs paths of Herzegovina as well as 1 joint detailed plan of interventions. 
 - Regarding the education and capacity building the project resulted in acquired know-how in medicinal and aromatic herbs production, processing, branding of local and regional products and marketing strategies. The laboratory of the Federation of BiH Agromediterranean Institute in Mostar was reinforced with equipment (chromatographer) which enabled the Institute to provide analysis of plants for which the producers had earlier turned to Serbia or Croatia. Furthermore, education was provided for 70 medicinal and aromatic herbs growers/processing operators through 41 workshops. The Project also assisted in establishing 6 new didactic demonstration fields/nurseries which were used in the practical part of the education as well as in education material where 3 publications were made with high quality materials. The study trip to the most important lavender-growing area in the EU – Provence in France helped participants to gain an insight to the true example of a successful business.
 - In order to establish truly efficient production and to strengthen the position of all stakeholders in medicinal and aromatic herbs sector, two associations were initiated and established (one in each side of the border) that are going to provide their members with tools and platform to exchange knowledge and information, create joint strategies for creating commercial brands and to undertake steps towards the protection of geographical indication.
 - Along the project implementation, cross border and trans-national network among stakeholders in the sector from both sides of the border was initiated and aimed at strengthening marketing capacity of the same. This joint network presented its work and products of its members during the summer months on the Island of Hvar and fairs in Mostar and Split.
 - Cross–border informative actions aiming at increasing the participation of stakeholders in the Project activities and its visibility were implemented, which resulted in the visibility of the Project itself but also in provision of all stakeholders with information on Project activates and ways of getting involved. For this purpose, a web page was developed and promotional materials, as well as promotional events were organised in Hvar and Mostar.</t>
   </si>
   <si>
     <t>Journalists without borders</t>
   </si>
   <si>
     <t>16 368 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to contribute to the cross-border co-operation through strengthening connections between local journalists. The focus of this project is to increase capacities of local journalists in the target area through joint activities in the field of investigative journalism.</t>
   </si>
   <si>
     <t xml:space="preserve">50 journalists from the project region had the opportunity to learn and implement knowledge of investigative journalism in the “Summer School of Investigative Journalism”.  During the project, they went through theoretical as well as practical work in investigative journalism which improved their skills and enable them to start applying new methods in their work. 11 investigative journalism projects were developed and presented  to the public.</t>
   </si>
   <si>
     <t>Cycling Through the History - Revitalisation of the Old Narrow Gauge Railway '' ''Ciro''''</t>
   </si>
   <si>
     <t>279 285 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project was to contribute to integration of the economy in the bordering regions of Dubrovnik-Neretva and Herzegovina through development of new joint tourism offer.
 Specific objective of the project is to revitalize the old narrow gauge railway "Ćiro" between Mostar (BiH) and Konavle (CRO), through establishment of bicycle trail, as new joint tourist product with clear identity and image. It will also aim to increase quantity and quality of tourism offer and tourism services in bordering regions of Dubrovnik-Neretva and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cross-border partnership enhanced and strengthened.
 - Old narrow gauge railway 'Ćiro' route cleaned, reconstructed, equipped, and signalized.
 - Tourist services and offer along the old narrow gauge railway 'Ćiro'  biking route enhanced.
 - New cycling rout marketed and promoted.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
@@ -328,51 +328,51 @@
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>CB-GREEN; Cross-Border Green, Renewable &amp; Energy Efficiency Network</t>
   </si>
   <si>
     <t>199 601 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
@@ -402,51 +402,51 @@
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Significant); Civil society (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project aimed at increasing cultural exchanges and raising public awareness on the professional integration of people with disabilities. 
 At the same time, the project facilitated the exchange of the existing practices in the cross-border area among CSOs, institutions and professional associations.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Increased cross-border cultural exchanges in the field of welfare and professional integration of people with special needs 
 - The population of both countries are more sensitized and more informed about the issues of the people with special needs. 
 - Increased social cohesion in the cross-border area with the employment of people with special needs and the start-up of social enterprises. 
 - Good practices concerning professional integration of people with special needs and social enterprise have been spread and shared in the cross-border region, and the capacity of CSOs, institutions and privates have been increased.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t>Purpose of this project is to stimulate good governance and economic activity, and promote social inclusion at the local level, through integrated local development in the areas primarily affected by floods and areas with a large percentage of returnees/internally dis placed persons (IDPs).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improvements in the standard of living for more than 100,000 people in Bosnia and Herzegovina living in 21 municipalities mostly affected by the floods in 2014, 
 - Working with domestic authorities to enable and create mechanisms and resources needed to drive social and economic development. 
 - Strengthened capacities of key HR institutions, modern HR procedures and tools, accompanied with trainings and awareness raising of both civil servants and managers at all levels, will lead to accountable and professional civil service oriented towards the citizens and economy of Bosnia and Herzegovina. 
 - Approx. 80 start-ups who have been supported through training and financial assistance. 
 - Partnerships established with small and medium enterprises to create new jobs and more than 500 farmers in BiH have been supported.</t>
   </si>
   <si>
     <t>Support to Transformation of Care Insitutions</t>
   </si>
   <si>
     <t>1 000 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>