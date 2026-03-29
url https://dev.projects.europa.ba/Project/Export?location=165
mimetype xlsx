--- v0 (2025-10-31)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FloodLife Pilot</t>
   </si>
   <si>
     <t>212 797 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Assistance to affected municipalities in improving the early flood warning syste m and supporting the flood recovery</t>
   </si>
   <si>
     <t>189 327 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to improve information sharing between municipalities Sanski Most (FBiH) and Ostra Luka (RS) and to improve their early warning system. It will also raise public awareness and improve the preparedness of all involved entities, improve existing procedures (or adopt new ones), ensure better preparedness, better equipping and interoperability of emergency teams, help in the revitalization of education and culture.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Preliminary issues for analysis identified, a team for drafting the Action Plan established and a community team for monitoring river Sana water level established; 
 - Analysis of the key fields of action conducted, maps of vulnerable areas developed and educational materials created;
 - Map of flood vulnerable areas introduced to citizens; 
 - Increased public awareness and level of lobbying for the preventive action of citizens and private enterprises; 
 - Assistance in the procurement of damaged book funds (min 5000 books) 
 - Renovate a portion of the equipment of protection and rescue system destroyed during the flood and during the implementation of protection and rescue measures.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>