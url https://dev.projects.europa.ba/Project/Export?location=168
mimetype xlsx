--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>