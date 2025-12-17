--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -6,91 +6,90 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
-    <t>Naziv projekta</t>
+    <t>Project name</t>
   </si>
   <si>
-    <t>EU fond</t>
+    <t>EU fund</t>
   </si>
   <si>
-    <t>Period implementacije</t>
+    <t>Implementation period</t>
   </si>
   <si>
-    <t>Kategorije</t>
+    <t>Categories</t>
   </si>
   <si>
-    <t>Sažetak</t>
+    <t>Summary</t>
   </si>
   <si>
-    <t>Rezultati</t>
+    <t>Results</t>
   </si>
   <si>
-    <t>Podrška održivom oporavku od poplava za Domaljevac-Šamac, Šamac i Vukosavlje</t>
+    <t>Sustainable flood recovery assistance for Domaljevac-Samac, Samac and Vukosavlje</t>
   </si>
   <si>
     <t>173 453 €</t>
   </si>
   <si>
     <t>2016 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Polovi
-[...3 lines deleted...]
- (Nije ciljano)</t>
+    <t xml:space="preserve">Gender
+ (Main); Climate action
+ (Significant); Digital
+ (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
-    <t>Svrha projekta je doprinijeti implementaciji kratkoročnih i srednjoročnih intervencija za oporavak područja pogođenih poplavama kroz podršku prioritetima u oblasti zaštite životne sredine, zapošljavanja, obrazovanja, zdravstva, socijalnog uključivanja i u bilo kojem drugom sektoru, isključujući obnovu stambene i javne infrastrukture.</t>
+    <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
-    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
-[...2 lines deleted...]
-- Mali nezavisni biznisi primaju pomoć OCD-a za oporavak u područjima pogođenim poplavama.</t>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
+- Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
+- Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -109,51 +108,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="10.044299534389" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>