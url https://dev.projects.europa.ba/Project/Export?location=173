--- v1 (2025-12-17)
+++ v2 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Sustainable flood recovery assistance for Domaljevac-Samac, Samac and Vukosavlje</t>
   </si>
   <si>
     <t>173 453 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>