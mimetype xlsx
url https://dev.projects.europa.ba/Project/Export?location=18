--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,247 +30,247 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>P.O.W.E.R.- People with disabilities: new Opportunities for Work, Employability, professional Rehabilitation</t>
   </si>
   <si>
     <t>376 667 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Main objective of the project was to increase the employability and the employment opportunities for people with disabilities (PWDs) in the cross-border area. The activities were designed to lead to the activation of more efficient systems for developing competences and professional skills, to increase the number of employment opportunitie s for PWDs offered by potential employers (CSOs, companies, public institutions), to establish a more functional institutional framework in BiH and Montenegro for the employment of PWDs, by strengthening the dialogue between CSOs, com panies and public institutions, and to contribute to a better environment for the employment of PWDs by reducing the stigma in the society and by increasing the knowledge about possibilities and benefits within the existing legislative framework.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Employability of PWDs increased (8 curricula for employment and employabili ty of PWDs, 30 PWDs trained and/or mentored, 2000 hours of mentorship provided), 
 - New employment opportunities for PWDs have been offered (20 Internsh ips activated, 3 Self Employment initiatives supported, 25 PWDs employed);
 - Development of better ecosystem for work inclusion of PWDs, both at institutional and business level (15 meetings with institutions, CSOs and companies working with PWDs, 1 Joint Job Fair for employment and employability of PWDs, 2 Media campaigns).</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>EU support to a better disaster risks system in the cross border area - Joint Response</t>
   </si>
   <si>
     <t>492 500 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Result 1 -  Awareness and involvement of local actors will be increased - 1500 inhabitants, 10 NGOs, 10 local governments, and 10 private companies in the cross-border area 
 Result 2 -  (local) disaster management plans and an early warning system between cross-border services will be updated in line with the new epidemiological situation and good practices. Its fulfillment will enable the adjustment of the work of services/actions in accordance with the epidemic, as well as define more precisely the possibilities of cross-border action. 
 Result 3 -   Equipment of 20 disaster prevention and response services, and infrastructures for interventions at the border between B&amp;H and Montenegro will be improved 
 Result 4 -   4 joint trainings will be implemented There will be 4 joint trainings as a prerequisite and preparation for holding rescue exercises and interventions. The trainings will serve to "introduce" newly built capacities into the protection systems (purchased equipment, new staff, population, private and public actors). The objective of the trainings is to reduce the response time in local communities, but also in cross-border cooperation. Mutual (cross-border) assistance of services is defined by interstate agreements and protocols. 
 Result 5 -  4 joint emergency rescue service exercises will be held Joint exercises would be thematic and the proposed topics are protected areas - fire fighting (eg Hutovo blato in B&amp;H or Trebesja Nikšić), high-rise residential buildings - fire brigade, MRS, flood protection. 
 </t>
   </si>
   <si>
     <t>STONE</t>
   </si>
   <si>
     <t>215 510 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Industry of stone processing and exploitation makes significant ratio in total economy in Croatia and in Bosnia and Herzegovina. Most of the businesses for exploitation and processing are concentrated in Herzegovina and Dalmatia as these geographic regions make joint geological area of similar geology characteristics rich with natural resources like stone and water. Regional Operational Programmes of all Dalmatian Counties and Municipal Strategic Development Plans in Herzegovina counties recognize opportunity for economy growth in strengthening sector of stone processing and exploitation.
 Tradition of building in stone has been decreasing, especially from 70-es of the last century onwards and decreased demand of the civil engineering for experienced stonemasons has resulted with less interest of youth for traditional high school education programmes like stonemasonry. Consequently, traditional stonemasonry high school programmes have been closed for the lack of interest of students. Instead, stone processing and exploitation through school programmes was focused on industrial processing and remained only as part of the curriculums of the civil engineering schools.
 Lately, stone is again used as more appreciated material in constructions of objects, restoration works, but also in building new objects in traditional way. Demand for skilled and educated stonemasons is very high also due to large investments in infrastructure, supporting stone walls, and expansion of urban hamlets built with more traditional details nowadays.
 The project “Stone” plans to contribute to development of the economy in the cross-border area of Herzegovina and Dalmatia through promotion and development of entrepreneurship in the sector of stone processing and exploitation. Through carefully designed activities, the project strives to popularize the stone processing and traditional stonemasonry as profitable economic activity; to strengthen  networks of economic cooperation between entrepreneurs in target area, to improve their potentials for growth and competitiveness on the market; to enhance the capacities and accessibility of the education system in the targeted area as grounds  for development of the labour force skills in stone processing able to respond to the market demand.</t>
   </si>
   <si>
     <t xml:space="preserve">Through formalised partnership set on this project, detailed analysis in the sector was performed bringing recommendations for further actions. These recommendations included the models of cooperation for entrepreneurs; implementation of new high school curriculum to respond to the labour market demand; adjustments and improvement of the legislation for stone exploitation and review of the application of the preservation measures in abandoned and closed stone mines.
 The project initiated cross-border co-operation in creation of vocational education and high school curriculum for stonemasonry. A curriculum was developed for the school in Posusje and is used from the school year starting in September 2012, after it had been adopted by the relevant West-Herzegovina Cantonal Ministry. Additionally, high school from Jablanica, BiH benefited through the process of adjusting and advancing their existing curriculum based on exchanged experience with school staff from Pučišća in Croatia.
 Two stonemasonry schools were equipped adequately to be able to improve their practical work for students on new technologies (Pušišća) and to be able to initiate completely new curricula (Posušje school introducing new programme). 
 The project achieved a high level of co-operation among the economic actors. It improved their understanding and responded to their recognized needs for business cooperation and clustering, including cross-border cluster. Human resources capacities in sector have been capacitated through series of targeted workshops and specialized education. Finally, Croatian and BiH companies were promoted at an International Fair which resulted in increased demand and recognition of need to extend the co-operation in order to reach competitiveness on domestic and international market.</t>
   </si>
   <si>
     <t>Green Mountain</t>
   </si>
   <si>
     <t>68 000 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to develop and transfer a sustainable management model to enhance valorisation and preservation of protected mountain areas. 
 Its specific objectives are to:
 -Identify methods and develop common strategies for an integrated and coordinated management of sensitive mountain areas through a multi-actor/multi-sector approach.
 -Identify activities and products that can improve territorial development while at the same time guaranteeing and enhancing the valorisation and protection of sensitive areas, e.g. traditional agricultural activities, niche 	markets/products, leisure activities, eco tourism.
 -Develop strategies able to further valorise the territory and its assets: e.g. the labelling of mountain products and territorial identity and making use of an online platform to increase the accessibility and
 visibility of the territory products and services.
 -Define indicators to assess the efficiency/impact of interventions, also in order to ensure better use of financial instruments and funds.
 -Introduce sustainable management plans in the territories involved.
 -Raise the awareness of the economic and political actors/decision-makers in the territory, and the public in general, regarding the natural value and the development potential of natural/protected areas in order to generate economic, political and public interest and action.
 -Create a Network among partners and other relevant actors and forming links with other mountain Networks in order to support relevant EU legislation, to contribute to recommendations and to further transfer know-how, skills and experience across Europe's mountain regions.
 -Contribute to a balanced and sustainable socio-economic and environmental development of the areas involved to create better living conditions for the mountain populations.
 -Favour territorial cohesion among advanced and less advanced territories.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 R1. People informed about the value of their territory
 R2. Decision makers/politicians with the capacity to make informed decisions on the adoption of the Model
 R3. Economic actors/potent ial new entrepreneur s informed about the potential of (re)introduction on of new economic sustainable activities
 R4. Economic actors/potential new entrepreneur s trained to (re)introduce new sustainable economic activities
 R5. New economic activities started
 R6. New workplaces created
 R7. Regions proactively promoted through the on-line platform
 R8. Mountain regions with improved protection &amp; valorization of natural assets, economic development and social conditions
 R10. Sets of technical/the matic information, training and awareness raising tools (info-packs, brochures, posters, recommendations, training material and practical guides)
 R11. Awareness raising campaigns through Media activities (TV, radio, newspapers)</t>
   </si>
   <si>
     <t>Sustainable development of the border regions through preservation of autochtono us breeds and establishment of gene centres in Buhovo and Biokovo - Bbio project</t>
   </si>
   <si>
     <t>131 906 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Bbio project was designed to ensure preservation of autochthonous breeds through the establishment of gene centres in Dalmatia and Herzegovina. The purpose of the gene centres is to maintain a nucleus flock of cattle for further selection and reproduction, to encourage establishment of unique research units that will contribute to preservation of priceless genetic wealth, to maintain landraces in their natural environment and to increase public awareness on breeds’ conservation through educational and site-seeing activities
 Many years of systematic changes in livestock production in order to increase productivity, with little or no concern about the indigenous breeds’ modest productive capacity, ranked many of extraordinary breeds among the endangered ones what is the case with Busha cattle. Busha cattle breed effective population size (Ne) was estimate to be 58.6 in 2009 what classifies that autochthonous breed among 2 highly endangered ones on the Croatian territory. The situation with Busha cattle breed was assessed to be even worse in Bosnia and Herzegovina because there are approximately 40 individuals among which 90% are preserved in only one location in Buhovo.
 This Project seeks to ensure the preservation and valorisation of the border regions natural heritage by  increasing the competences, skills and knowledge of farmers, preservation of common breeds of the border regions through genes centres establishment in Buhovo and Biokovo and improved capacity and knowledge about agro-biodiversity and its role in the nature protection.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 (1) Increased capacity of staff in IPA CBC project management and coordination.
 (2a) Improved knowledge about autochthonous breeds’ husbandry from both side of the border.
 (2b) Increased awareness about authentic Dalmatian and Herzegovinian products among national and foreign tourists.
 (2c) First cross-border exhibition of the Busha cattle held.
 (2d) Drafted regional programme for preservation of the Busha cattle.
 (3a) Centre for genome conservation of indigenous breeds and education Buhovo – Široki Brijeg established.
 (3b) Educational-Info Centre for preservation of autochthonous breeds in Ravna Vlaška, NP Biokovo established.
 (4a) Division for animal husbandry capacitated for recognition of autochthonous breeds.
 (4b) Maintenance of the old pasture Sridivica to its natural state by grazing activity of the Busha cattle</t>
   </si>
   <si>
     <t>Home grown business</t>
   </si>
   <si>
     <t>499 412 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project established a business support network for some 20 start ups in Western Herzegovina Canton in the newly constructed business incubator located in the industrial zone Zvirići in Ljubuški.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Incubation services and SME Fund implemented through support to at least 20 business ideas and the cooperation of at least 5 public and private development partners.  
 - Business support team of 10 experts trained and delivering services to at least 400 prospective entrepreneurs. 
 - Entrepreneurship promoted with engagement of at least 1,000 potential and existing entrepreneurs, public institutions, schools and associations.</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>Southern Dinarides Eco and Cultural Tourism Actions</t>
   </si>
   <si>
     <t>94 159 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action