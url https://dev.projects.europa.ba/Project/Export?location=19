--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Y O U t h d r i v e - Program for raising awareness on proper waste management a nd empowering legislators for taking action</t>
   </si>
   <si>
     <t>215 957 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t>The project will work with 7 local communities of West Herzegovina Canton and Bay of Kotor to actively contribute to proper waste management. In these efforts, the project will design and implement youth driven awareness actions focusing on the responsible waste management.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - A comprehensive analysis of current conditions with recommendations for legislators is created;
 - Set of promotional events regarding awareness raising amongst various stakeholders is implemented;
 - Educational and promotional materials for youth and general public created alongside a plan for dissemination;
 - Platform for dissemination of information, networking and promotion launched;
 - Awareness raising materials disseminated amongst youth and general public;
 - Promotional, awareness-raising, practical installations placed on locations with high people circulation;
 - Four large scope promotional events organized.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
@@ -95,138 +95,138 @@
   <si>
     <t>498 052 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">1. Joint cooperation for improvement of cross-border management of disasters established: 3 workshops organised, 1 disaster risk assessment and action plan on prevention and mitigation of manmade hazards and natural disasters in the project area adopted, 5 municipalities~159.720 ha covered by joint risk measures / management planes for prevention of risks and man-made hazards and natural disasters.
 2. Capacities of the emergency services strengthened - Establishment of the joint cross-border rescue team, specialised training and equipment.
 3. Training area for the emergency services in the West Herzegovina Canton upgraded – the training area in Grude with some 5.500 m2 is set and equipped 
 4.  Joint promotional activities and events organized 
 </t>
   </si>
   <si>
     <t>STONE</t>
   </si>
   <si>
     <t>215 510 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Industry of stone processing and exploitation makes significant ratio in total economy in Croatia and in Bosnia and Herzegovina. Most of the businesses for exploitation and processing are concentrated in Herzegovina and Dalmatia as these geographic regions make joint geological area of similar geology characteristics rich with natural resources like stone and water. Regional Operational Programmes of all Dalmatian Counties and Municipal Strategic Development Plans in Herzegovina counties recognize opportunity for economy growth in strengthening sector of stone processing and exploitation.
 Tradition of building in stone has been decreasing, especially from 70-es of the last century onwards and decreased demand of the civil engineering for experienced stonemasons has resulted with less interest of youth for traditional high school education programmes like stonemasonry. Consequently, traditional stonemasonry high school programmes have been closed for the lack of interest of students. Instead, stone processing and exploitation through school programmes was focused on industrial processing and remained only as part of the curriculums of the civil engineering schools.
 Lately, stone is again used as more appreciated material in constructions of objects, restoration works, but also in building new objects in traditional way. Demand for skilled and educated stonemasons is very high also due to large investments in infrastructure, supporting stone walls, and expansion of urban hamlets built with more traditional details nowadays.
 The project “Stone” plans to contribute to development of the economy in the cross-border area of Herzegovina and Dalmatia through promotion and development of entrepreneurship in the sector of stone processing and exploitation. Through carefully designed activities, the project strives to popularize the stone processing and traditional stonemasonry as profitable economic activity; to strengthen  networks of economic cooperation between entrepreneurs in target area, to improve their potentials for growth and competitiveness on the market; to enhance the capacities and accessibility of the education system in the targeted area as grounds  for development of the labour force skills in stone processing able to respond to the market demand.</t>
   </si>
   <si>
     <t xml:space="preserve">Through formalised partnership set on this project, detailed analysis in the sector was performed bringing recommendations for further actions. These recommendations included the models of cooperation for entrepreneurs; implementation of new high school curriculum to respond to the labour market demand; adjustments and improvement of the legislation for stone exploitation and review of the application of the preservation measures in abandoned and closed stone mines.
 The project initiated cross-border co-operation in creation of vocational education and high school curriculum for stonemasonry. A curriculum was developed for the school in Posusje and is used from the school year starting in September 2012, after it had been adopted by the relevant West-Herzegovina Cantonal Ministry. Additionally, high school from Jablanica, BiH benefited through the process of adjusting and advancing their existing curriculum based on exchanged experience with school staff from Pučišća in Croatia.
 Two stonemasonry schools were equipped adequately to be able to improve their practical work for students on new technologies (Pušišća) and to be able to initiate completely new curricula (Posušje school introducing new programme). 
 The project achieved a high level of co-operation among the economic actors. It improved their understanding and responded to their recognized needs for business cooperation and clustering, including cross-border cluster. Human resources capacities in sector have been capacitated through series of targeted workshops and specialized education. Finally, Croatian and BiH companies were promoted at an International Fair which resulted in increased demand and recognition of need to extend the co-operation in order to reach competitiveness on domestic and international market.</t>
   </si>
   <si>
     <t>Mechanism for fostering innovation in South East Europe (FINNO)</t>
   </si>
   <si>
     <t>47 260 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>SEE countries elaborate and implement the innovation policies with various level of effectiveness. There is a lack of cooperation, capacity and common understanding of innovation performance, policies and supporting instruments in the region. The aim of the FINNO project has been contribute to better productivity and achieve more comparable level of innovativeness between countries in the SEE region. Target groups included in the project were ministries, innovation agencies, research organisations, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Common Technology Innovation Assessment Scoreboard (TIAS) structure developed;
 Self-Assessment Tool (SAT) for measuring Technology Innovation Assessment Scoreboard (TIAS);
 Capacity building activities for application of Technology Innovation Assessment Scoreboard (TIAS) tool for partners and stakeholders performed;
 Application of Self-Assessment Tool (SAT) in 30 companies;
 Analysis of Technology Innovation Assessment Scoreboard (TIAS) in SEE region;
 Analysis of Technology Innovation Assessment Scoreboard for Canton 10 and region Herzegovina (BiH);
 Action plan based on Western Balkans Regional R&amp;D Strategy for Innovation for Canton 10;
 Established FINNO committee for cooperation and fostering innovation in SEE region.</t>
   </si>
   <si>
     <t>Sustainable development of the border regions through preservation of autochtono us breeds and establishment of gene centres in Buhovo and Biokovo - Bbio project</t>
   </si>
   <si>
     <t>131 906 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Bbio project was designed to ensure preservation of autochthonous breeds through the establishment of gene centres in Dalmatia and Herzegovina. The purpose of the gene centres is to maintain a nucleus flock of cattle for further selection and reproduction, to encourage establishment of unique research units that will contribute to preservation of priceless genetic wealth, to maintain landraces in their natural environment and to increase public awareness on breeds’ conservation through educational and site-seeing activities
 Many years of systematic changes in livestock production in order to increase productivity, with little or no concern about the indigenous breeds’ modest productive capacity, ranked many of extraordinary breeds among the endangered ones what is the case with Busha cattle. Busha cattle breed effective population size (Ne) was estimate to be 58.6 in 2009 what classifies that autochthonous breed among 2 highly endangered ones on the Croatian territory. The situation with Busha cattle breed was assessed to be even worse in Bosnia and Herzegovina because there are approximately 40 individuals among which 90% are preserved in only one location in Buhovo.
 This Project seeks to ensure the preservation and valorisation of the border regions natural heritage by  increasing the competences, skills and knowledge of farmers, preservation of common breeds of the border regions through genes centres establishment in Buhovo and Biokovo and improved capacity and knowledge about agro-biodiversity and its role in the nature protection.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 (1) Increased capacity of staff in IPA CBC project management and coordination.
 (2a) Improved knowledge about autochthonous breeds’ husbandry from both side of the border.
 (2b) Increased awareness about authentic Dalmatian and Herzegovinian products among national and foreign tourists.
 (2c) First cross-border exhibition of the Busha cattle held.
 (2d) Drafted regional programme for preservation of the Busha cattle.
 (3a) Centre for genome conservation of indigenous breeds and education Buhovo – Široki Brijeg established.
 (3b) Educational-Info Centre for preservation of autochthonous breeds in Ravna Vlaška, NP Biokovo established.
 (4a) Division for animal husbandry capacitated for recognition of autochthonous breeds.
 (4b) Maintenance of the old pasture Sridivica to its natural state by grazing activity of the Busha cattle</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>