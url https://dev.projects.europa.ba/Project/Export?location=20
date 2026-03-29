--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>P.O.W.E.R.- People with disabilities: new Opportunities for Work, Employability, professional Rehabilitation</t>
   </si>
   <si>
     <t>376 667 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Main objective of the project was to increase the employability and the employment opportunities for people with disabilities (PWDs) in the cross-border area. The activities were designed to lead to the activation of more efficient systems for developing competences and professional skills, to increase the number of employment opportunitie s for PWDs offered by potential employers (CSOs, companies, public institutions), to establish a more functional institutional framework in BiH and Montenegro for the employment of PWDs, by strengthening the dialogue between CSOs, com panies and public institutions, and to contribute to a better environment for the employment of PWDs by reducing the stigma in the society and by increasing the knowledge about possibilities and benefits within the existing legislative framework.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Employability of PWDs increased (8 curricula for employment and employabili ty of PWDs, 30 PWDs trained and/or mentored, 2000 hours of mentorship provided), 
 - New employment opportunities for PWDs have been offered (20 Internsh ips activated, 3 Self Employment initiatives supported, 25 PWDs employed);
 - Development of better ecosystem for work inclusion of PWDs, both at institutional and business level (15 meetings with institutions, CSOs and companies working with PWDs, 1 Joint Job Fair for employment and employability of PWDs, 2 Media campaigns).</t>
   </si>
   <si>
     <t>Special Measures to Support the Response to the Refugee and Migrant Situation in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>7 217 168 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
@@ -87,51 +87,51 @@
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton, with a combined capacity of 2,700 persons, with capacity to accommodate up-to 400 families with children.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Adequate and sufficient nutrient-rich, age and culturally sensitive food is provided in all temporary reception centres 
 - Complementary food and nutrition, baby food and infant formula provided in all temporary reception centres hosting babies and infants. 
 - Shelter and WASH in frastructure, and furniture are in place in Sarajevo and Una-Sana Canton. 
 - Camp Coordination and management capacities, including registration of PoC, are scaled up. 
 - Identified vulnerable refugees/migrants, including accompanied and UASC and victims of SGBV, have access to protection-sensitive accommodation. 
 - Cultural and age sensitive Non-Food Items are provided to PoC in need. 
 - PoC in vulnerable situations are identified and referred to appropriate assistance and protection services. 
 - PoC, including UASCs, have access to asylum, including information, counselling and legal assistance in their own language. 
 - PoC have access to psychosocial support and other age and gender appropriate services. 
 - PoC are supported to access primary and secondary health care. 
 - PoC children are supported to attend primary and secondary education.
 - The Border Police and the Service for Foreigners’ have the human and technical capacity detect, identify, register and refer PoC entering the co untry in an irregular manner. 
 - Local initiatives to promote social cohesion among PoC and host communities are provided with support.</t>
   </si>
   <si>
     <t>Sarajevo Prison Needs Assessment and Development of Project preparation guidelin es</t>
   </si>
   <si>
     <t>13 980 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Under this project, new prison will be built in the Federation of BiH to secure additional space and modern conditions for inmates, respecting relevant European and International Standards for specified number of inmates and prison staff which will be transferred from current to new location. Highest working/living standards and working-therapy and security standards will be applied.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in: 
 - Final technical documentation needed for the EU tender launching prepared on a high quality, containing the following: 
 a) Main Design Project drawings 
 b) Technical Description 
 c) Bill of Quantities, accompanied with detailed cost estimate
 Detailed situation analysis, needs assessment and project preparation Guidelines for the Beneficiary (Ministry of Justice of FBiH) is developed.</t>
   </si>
   <si>
     <t>Special Measures to support the response to the Refugee and Migrant situation in Bosnia and Herzegovina Phase II</t>
   </si>
   <si>
     <t>23 000 000 €</t>
   </si>
   <si>
@@ -151,51 +151,51 @@
   </si>
   <si>
     <t>19 850 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is part of a wider initiative, aiming to increase the efficiency, professionalism and independence of the justice sector. It will also work to secure the rule of law and thereby prepare BiH for access to the European Union. 
 The ultimate objective is to help improve BiH capacity for execution of criminal sanction by ipreparation of the preliminary design for the new prison complex on Igman.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Preliminary design of the new prison complex, developed in close cooperation with the prison autorities and in line with EU standards completed.</t>
   </si>
   <si>
     <t>Rural Tourism for Mountain Destinations</t>
   </si>
   <si>
     <t>358 131 €</t>
   </si>
   <si>
-    <t>2020 - 2025</t>
+    <t>2020 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project will improve the quality and diversification of the tourism offer based on natural and cultural heritage. 
 More specifically, it will improve rural tourism offer in the areas around protected zones and natural attractions in the Sarajevo Canton and Durmitor area.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cultural, rural resources in vicinity of natural attractions and protected zones mapped and mobilized,
 - Rural households supported in providing tourism services 3. Cultural heritage well represented and promoted as part of overall nature-based tourism offer.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
@@ -552,51 +552,51 @@
   <si>
     <t>The aim of the project is to provide the BHRT management with a set of coherent and concrete recommendations, based on detailed screening and analysis of current status of human resources, which would help BHRT to fully operate in line with their mandate of public service media in Bosnia and Herzegovina, enable its modernization and implementation of digital first policy, and support the management in taking difficult decisions on how to streamline or rationalize its number of staff.</t>
   </si>
   <si>
     <t>(1) Detailed analysis of the current state of human resources at BHRT (2) Set of concrete recommendations for optimisation, modernization and better capacity utilization of human resources (3) Propose new organizational chart of BHRT, precising the number, professional profile and job description of each media staff member in all BHRT’s departments, including human resources department (4) Present and propose best practises from EU countries in organising public service media in the European Union that could be applicable also for Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>EU support to Public Procurement Strategy for the period 2023-2027</t>
   </si>
   <si>
     <t>16 000 €</t>
   </si>
   <si>
     <t>The aim of the project is to provide technical support to the Public Procurement Agency appointed Working group on the development of the Public Procurement Strategy 2023-2027, in the team for which UNDP has recruited two experts and EU one. Strategy must be fully harmonized with the strategic planning cycle and methodology prescribed by the relevant regulatory framework, as well in line with the relevant SIGMA "Toolkit for the preparation, implementation, monitoring, reporting, and evaluation of public administration reform and sector strategies".</t>
   </si>
   <si>
     <t>(1) Development of the situation analysis of the public procurement system in BiH, which will serve as a starting platform for the Strategy development process (2) Development of the key strategic objectives and strategic programmes (3) Development of the Action plan</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH - Call VI (The Crossroads to Stay under Lot 2 Cluster 2</t>
   </si>
   <si>
     <t>285 810 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at developing a cultural and heritage trail in Sarajevo that links and strengthens local tourism products and stimulates sustainable economic growth by improving facilities, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 Museums of Sarajevo represent vast potential not only in preserving historic, cultural and natural treasury of the country but also in connecting variety of cultures and values, promoting unitedness in diversity and enhancing potential for growth.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed a brand “Sarajevo – a cultural crossroads” as a competitive tourism product in the niche of cultural tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, specific Sarajevo cultural and heritage trails are created and promoted as unique tourist products. Also, we enhanced tourism services by strengthening museums’ human resource capacities and educating city guides. We ensured better information flow and promotion via provided interactive communication tools and the network of equipped info points in museums.  
 With all that, we have contributed to stronger and more visible promotion of the country's cultural and natural potentials as well as to more tourists visiting Sarajevo museums and the country.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI ''''EUMETAL under Lot 1</t>
   </si>
   <si>
     <t>368 732 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
@@ -657,108 +657,108 @@
   </si>
   <si>
     <t>Partnership for higher environmental standards in BiH</t>
   </si>
   <si>
     <t>99 885 €</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at increasing the capacity of NGOs and the level of public participation in environmental policy making, promoting good governance through the sound protection of environmental rights. In addition, our goal was strengthening the capacity of civil society organisations in BiH to take on a “watchdog” role, i.e. monitor public policies and legislation in the areas of environmental rights and violation of a right to a clean environment.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increase of the capacity of NGOs and the level of public participation in environmental policy making as well as on promotion of good governance through the sound protection of environmental rights. We achieved an increased public awareness of environmental rights in BiH, which contributes to improvements of the legislative and institutional framework by realising public opinion surveys, fact finding missions and subsequent inter-sectoral common work and dialogue both with stakeholders and NGOs on better addressing needs and constraints of the BiH society in the area of environmental protection and rights. In that way, a multi-stakeholder dialogue in environmental policy is generated, resulting in growing consensus and greater influence of civil society organisations. We also helped improving monitoring mechanisms and early warning systems by capacity building of civil society organisations  via trainings, workshops and seminars and thus enabled better use of environmental rights but also achieved better awareness of citizens via media and public campaigns carried out.  
 By such actions, we contributed to better overall cooperation between civil society organisations and governments in BiH by generated multi-stakeholder dialogue in environmental policy, resulting in growing consensus and more prominent role of civil society in dialogue with governments.</t>
   </si>
   <si>
     <t>Social cohesion and cultural exchange thorugh institutional and people to people interventions</t>
   </si>
   <si>
     <t>29 511 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Climate action
  (Significant); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The main objective of the project was to build long-lasting friendships between people from Niksic and Sarajevo and to foster a network of communication in the region. This was achieved by means of young people who showed that after the first activity this region has a great future. The core activity – Summer School that brought together all youngsters helped them to create relationships that will last for a long time. The proof was the fact that the Facebook group called “Borders are just lines in the geographic Atlas” (which they created after their first activity – a visit to Sarajevo) has been very active after the project ended. Youngsters are using it as tool to talk, share ideas and make arrangements for future visits. These young people showed that there are no borders when they are sharing ideas and hopes for better future, and when ideas are supported with knowledge they’ve gained during the Project they will surely become great young leaders prepared to apply their growing capacity to engage  and make a difference back home in their families, schools and communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Protocols on Cooperation;
 Two offices opened in participating high schools;
 Organised Summer School with a series of educative activities and courses on numerous topics, including good neighbourly relation, facing the past and reconciliation, regional cooperation and cohesion, Balkans and EU etc.</t>
   </si>
   <si>
     <t>Cross-border economics development initiatives with an emphasis on tourism and r ural development</t>
   </si>
   <si>
     <t>156 757 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Despite substantial potential for diversification of the tourist offer in the mountains of Bjelašnica, Igman (BiH) and Bjelasica and Komovi (Montenegro), the largest revenue is achieved in the winter months, during the ski season. Taking into account the trends in the development of summer tourism across Europe, the region of South East Europe has potential to develop into a unique tourist destination offering beach and mountain holidays, with the final goal of extending the tourism season.
 This project will contribute to diversification of the touristic offer and extension of tourist season in the mountain areas Bjelašnica, Igman, Bjelasica and Komovi through creation of out-of-season tourism facilities, improving infrastructure and capacities and creation of regional touristic products.</t>
   </si>
   <si>
     <t xml:space="preserve">1. New regional touristic products created and current ones developed.
 This project has provided the opportunity to improve the offer for outdoor tourism in the region. This has been achieved through a close cooperation with most relevant tourism stakeholders in the region, institutions, associations and private sector, gathered in thematic groups which has selected new tourism products to be developed. The work of the thematic group has been coordinated by tourism expert with relevant working experience and background in Montenegro outdoor offer. The results include:
 -  established  5 tourist programs created with 38 products.
 - 	20 direct matchigs with tour operators ( 8 in Montenegro, 12 in B&amp;H)
 - 	80 kilometres of hiking and 120 kilometres of biking trails reconstructed (40km of hiking trails and 60km of biking trails in Montenegro)
 - 	Constructed 2 playgrounds for childre (1 in Montenegro, 1 in Igman, B&amp;H)                                       
 - 	Constructed 6 areas for rock climbing (3 in Montenegro, 3 in B&amp;H)
 - 	 speleogical cadastre eveloped (in Montenegro)
  2. Developed and improved out-of-season tourist infrastructure of mountain centres in BiH and Montenegro
 - 	30 mountain bikes procured, 10 sets of gear for rock climbing and 10 kayaks (10 mountain bikes and 10 kayaks for Montenegro - 20 mountain bikes and 10 sets of gear for rock climbing for BiH)
 - 	1 bed and breakfast facilities improved (6 in Montenegro and 5 in BIH)
  3. Capacity of local tourism services providers developed:
 - 6 training cycles for B&amp;B managers organised
 - 	B&amp;B households networked (6 households signed MoU for networking and further cooperation in Montenegro)
 - 	5 mountain guides certified  (only foriH)
 4. New cross border regional tourist products promoted;   
  - website has been created, with online booking system for rural households.
 - Promotional material developped and distributed: jumbo billboards have been designed, created and placed at strategic locations along the main road. Northern Challenge events has been organized on Igman (BiH) and Mojkovac (Montenegro) , promoting new biking and hiking trails in the region. Visibility conferences were organized at the end of the project in Sarajevo  and Kolasin. 	3 000 guidebooks for hiking, biking, rock climbing, 2723 tourist maps, 8000 flyers, 1000 posters printed.
  5. Capacities of both RDAs strengthened and cross border Network of tourism supporters established</t>
   </si>
   <si>
     <t>Increasing competitivness of SME''s and enhancement of cross border links in met al industry - EUMETAL2</t>
   </si>
   <si>
     <t>140 050 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aims at improvement of SME development in metal processing sector in border area in order to improve their competitiveness by means of support to 20 SMEs selected in the metal sector in the project area to develop their export potential. Some of the project activities are designing and printing of Guide for SMEs in metal-processing sector in border area, designing TNA for targeted SMEs, conducting specialized trainings for SMEs according to TNA, conducting research on requirements for export products from metal-processing industry on EU markets, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Lessons learned during EU Metal project in Bosnia presented and promoted to stakeholders in project area;
 Skills and knowledge of staff from SMEs from border area improved;
 Targeted SMEs from border area met formal requirements for export on EU markets;
 Targeted SMEs promoted on regional and international level.</t>
   </si>
   <si>
     <t>SA-SA Support to cooperation, inclusion , education and promotion of Roma cultur e in Bih and Serbia</t>
   </si>
   <si>
     <t>107 074 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
@@ -822,127 +822,127 @@
 Raised awarenes of the public for the benefits of the organic agriculture production.</t>
   </si>
   <si>
     <t>Improving testing abilities on postural and spinal column status - SpinLab</t>
   </si>
   <si>
     <t>52 698 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project is supposed to contribute to detection and prevention of children and youth health problems with sensorimotor apparatus in Srem county and Sarajevo city district. Its objectives are:
 1) Proper identification and research of sensorimotor apparatus and spinal column problems
 2) Raising awareness of target groups and informing community about the importance of prevention and detection of sensorimotor apparatus problems.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Established centre for diagnostic and research of sensorimotor apparatus problems and definition of treatment procedures;
 Educated doctors, parents, children and youth on importance of detection, prevention and efficient treatment of sensorimotor apparatus and spinal column problems and raised public awareness on this problem.</t>
   </si>
   <si>
     <t>Support to development of the Fast Growing SME''s (FGSMEs) and local business en vironment</t>
   </si>
   <si>
     <t>430 375 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering the expansion of Fast and Potentially Fast Growing SMEs (FGSMEs) in Sarajevo Macro region. Overall, the project has supported over 30 SMEs and has helped creation of more than 110 new jobs.
 This project has developed a range of services for supporting a specific fast growing group of SMEs in selected municipalities of Sarajevo Macro region. These facilities have included a newly established Business Boost Centre (BBC) with 12 new services, small grant scheme with consulting provided to 11 SMEs and mentoring program for 20 start-ups. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and expansion of FGSME evident in the pilot municipalities of Novi Grad, Ilijaš and Vogošća.
 - Cooperation between local communities and FGSME improved through development of action plan for business development and internet accessible SME database for policy analysis.
 - Local capacities for support to existing and potential FGSME strengthened, Business Boost Centre (BBC) established and new services for business support created.
 - Business expansion of potential FGSME achieved through provision of small grant support.</t>
   </si>
   <si>
     <t>Social inclusion through work therapy</t>
   </si>
   <si>
     <t>67 490 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to Contribute to the improvement of the quality of life and work with children and youth with disabilities, in the border region of BiH and MNE.
 Specific objective is quality improvement through experience exchange, using work-occupational therapy and methods of work with children and youth with disabilities through the sharing of experience in cross-border region.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - The cooperation between partners from BiH and MNE established and promoted; 
 - Creation of new forms of occupational therapy in BiH and MNE;
 - Adoption of a solution taking care of people with disabilities over the age of 21 year, as well as proposals for changes of legal regulation of this issue;
 - Trained staff for a new form of sports;
 - Created manual.</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>