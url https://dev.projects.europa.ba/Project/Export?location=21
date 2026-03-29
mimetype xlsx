--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project of which this contract will be a part is as follows: To ensure closer integration between BiH and the EU in the transport sector, also contributing to connectivity agenda priorities.
 Purpose of this project is to provide for draft technical parts of the terms of references concerning: 
 - technical assistance in institutional development of the BiH Railways Regulatory Board 
 - preparing of preliminary studies and conceptual designs for overhaul of railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acceleration of activities on rehabilitation of the priority sections on the Core and the SEETO Railway Comprehensive Network, in particular along the Corridor Vc, and strengthening of the capacity of the railway regulator.
 - Enabled tendering for provision of technical assistance to support further institutional development of the BiH Railways Regulatory Board, 
 - Enabled tendering for preparation of preliminary studies and conceptual designs for overhaul/reconstruction of railway facilities, including SS and telecommunications facilities, electrification and telecommunication facilities on the railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t>Conceptual design and preliminary studies for railway on South East Europe Transport Observatory Route 9a, Tuzla – Zvornik</t>
   </si>
   <si>
     <t>478 400 €</t>
   </si>
@@ -86,51 +86,51 @@
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project s acceleration of activities on rehabilitation of the priority sections on the Indicative extension of the TEN-T Rail Comprehensive Network to the Western Balkans (former SEETO Railway Comprehensive Network). 
 This assignment concerns preparation of conceptual designs/preliminary solutions and related preliminary studies for overhaul, reconstruction and construction of railway sections on the TEN-T extension/SEETO Comprehensive Network railway Route 9a: Tuzla - Zvornik and Tuzla - Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">The assignment shall provide for the following results:
 1. Railway section (Bosanska Poljana) - Tuzla - Zvornik:
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 2. Railway section Tuzla – Tuzla international Airport: 
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 </t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>