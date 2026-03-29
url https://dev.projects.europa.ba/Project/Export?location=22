--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,220 +30,220 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local Level Action for Sustainable Recovery</t>
   </si>
   <si>
     <t>193 005 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Overall objective of this project is flood recovery assistance provided to families and targeted municipalities in Disaster preparednes and prevention measures implementation.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved environmental and economic related recovery in 5 selected municipalities, 
 - Increased capacities for flood risk reduction with effective local level participation in 5 selected municipalities.</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Development of Typical Products in North East Bosnia and Zlatibor County in Serb ia</t>
   </si>
   <si>
     <t>85 640 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective of the Project was protection of typical products in the target region in line with EU standards and their wide commercialisation. The Project focused on the products typical for this cross-border area and contributed significantly to the valorisation process, increasing awareness of their values and promotion in the targeted area, but on the wider territory as well.</t>
   </si>
   <si>
     <t xml:space="preserve">Mapping of typical products and key stakeholders;
 Anaysis "State and perspectives of typical products in North East Bosnia and Zlatiborski County";
 Capacities of the institutions working on protection and development of typical products and typical products producers improved.</t>
   </si>
   <si>
     <t>PROGRES - Protection of Nature and Globalisation of Renewable Energy Sources</t>
   </si>
   <si>
     <t>200 506 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to an increased use of renewable energy sources (RES) and improved living conditions and environment protection in the cross-border area in the municipalities Nijemci  (Croatia), Gracanica and Kalesija (BiH). This effort will be addressed in particular through increasing the knowledge of local community administrations, economic entities and farmer on the potentials for the RES application in residential and public facilities. 
 The project plans to equip the selected existing public facilities owned by local communities for demonstration purposes. So equipped demonstration facilities will contribute to a better understanding of the implementation and use of RES on existing facilities. Demonstration facilities will be continuously available for visits by interested population, to representatives of private and public sector with the aim of raising awareness and the importance of using RES.
 Studies on potentials of RES, which will be developed for both cross-border rural areas, will present an expert basis for the future development of the economy on the use of RES.
 In addition, the Studies will include the impact of growth and price fluctuations of non-renewable energy sources (NES) on the financial situation of the population, and cost effectiveness of RES in relation to the NES. The Studies will provide answers about all economic measures available to encourage the use of RES (subsidies, taxes, grants, etc.) at regional and national level of both cross-border areas, which is of considerable economic importance of both cross-border areas.</t>
   </si>
   <si>
     <t xml:space="preserve">By fostering a greater use of renewable energy sources (RES) in rural communities in the cross-border regions of Croatia and Bosnia and Herzegovina, the project contributed to the preservation of natural values of the environment, biodiversity and nature conservation and enhancement of life conditions in the targeted area.
 In order to encourage energy independence of local self-governments in cross-border areas by promoting the principles of energy efficiency, production of energy in RES power plants and cogeneration, within this project four demonstration facilities - public buildings were supplied with RES systems: the Mixed Secondary School in Kalesija (solar collectors and a heat pump of 75 KW power), the sport centre “Luke” Gračanica (solar collectors and photovoltaic panels of 10 kWp power), the Nijemci Municipality building (solar power plant with the installed capacity of 4.12 kW) and the rotatable solar mini power plant of the capacity of 10 kW at the promenade along the Bosut River with the new LED lamps installed for the street lighting.  The equipment has led to increase of energy efficiency of the demonstration facilities, reduction of costs for electrical and heating energy. 
 Two Studies on the potentials for the use of RES in both cross-border areas were produced and disseminated to local self-governments, economic entities and farmers in rural cross-border areas that can serve as basis for futher development and investments in this sector.
 In order to create better life conditions in a healthier and cleaner environment for the entire population of VSC and TC, the project partners placed great importance on increasing knowledge and competences of the target group on RES as well as on raising awareness of the overall population in bordering rural communities, public and private actors, about the needs, benefits and possibilities for exploitation of RES.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>