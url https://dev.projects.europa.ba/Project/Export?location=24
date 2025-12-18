--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -6,240 +6,247 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
-    <t>Project name</t>
-[...17 lines deleted...]
-    <t>Local Level Action for Sustainable Recovery</t>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t>Održivi oporavak na lokalnom nivou</t>
   </si>
   <si>
     <t>193 005 €</t>
   </si>
   <si>
     <t>2016 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Digital
-[...13 lines deleted...]
-    <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
+    <t xml:space="preserve">Digitalizacija
+ (Glavna oblast); Civilno društvo
+ (Važno); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Važno)</t>
+  </si>
+  <si>
+    <t>Opšti cilj ovog projekta je pomoć pri oporavku od poplava koja se pruža porodicama i ciljanim opštinama u oblasti pripreme na elementarne i druge nesreće i provođenja mjera prevencije.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Poboljšan ekološki i ekonomski oporavak u 5 odabranih opština, 
+- Povećani kapaciteti za smanjenje rizika od poplava uz uspješno učešće na lokalnom nivou u 5 odabranih opština.</t>
+  </si>
+  <si>
+    <t>Oporavak od poplava - stambeno zbrinjavanje u Federaciji BiH (FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
     <t>2017 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Significant); Climate action
-[...14 lines deleted...]
-    <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
+    <t xml:space="preserve">Civilno društvo
+ (Važno); Akcije protiv klimatskih promjena
+ (Važno); Digitalizacija
+ (Nije ciljano); Polovi
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Doprinijeti implementaciji intervencija za oporavak područja pogođenih poplavama u sektorima koji imaju društvene implikacije.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- 378 domaćinstava će biti zbrinuto u adekvatnim stambenim jedinicama otpornim na elementarne nepogode, a od tog broja će 85 domaćinstava imati koristi od dodatnog godišnjeg prihoda kroz pomoć za ekonomsku održivost.
+- Oko 1.105 osoba, od kojih su najmanje 40% žene, u područjima pogođenim poplavama će imati direktnu korist od pomoći u okviru ove Akcije.</t>
+  </si>
+  <si>
+    <t>Izrada projektnog zadatka za tendere u željezničkom sektoru u okviru IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
     <t>2018 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Significant); Gender
-[...17 lines deleted...]
-    <t>Conceptual design and preliminary studies for railway on South East Europe Transport Observatory Route 9a, Tuzla – Zvornik</t>
+    <t xml:space="preserve">Civilno društvo
+ (Važno); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Važno); Digitalizacija
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opšti cilj projekta čiji će dio biti ovaj ugovor je sljedeći: Osigurati blisku integraciju između BiH i EU u transportnom sektoru, čime će se takođe doprinijeti prioritetima agende za povezivanje.
+Svrha ovog projekta je osigurati nacrt tehničkih dijelova projektnog zadatka koji se tiču sljedećeg: 
+- tehnička pomoć u institucionalnom razvoju Regulatornog odbora željeznica BiH 
+- izrada prethodnih studija i idejnih rješenja za remont željezničke dionice Tuzla – Zvornik, uključujući pristup Međunarodnom aerodromu Tuzla.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Ubrzavanje aktivnosti na obnovi prioritetnih dionica na Osnovnoj mreži i SEETO sveobuhvatnoj željezničkoj mreži, naročito duž Koridora Vc, te jačanje kapaciteta željezničkog regulatora.
+- Omogućeno raspisivanje tendera za pružanje usluga tehničke pomoći za podršku daljem institucionalnom razvoju Regulatornog odbora željeznica BiH, 
+- Omogućeno raspisivanje tendera za izradu prethodnih studija i idejnih rješenja za remont/rekonstrukciju željezničkih objekata, uključujući TS i telekomunikacione objekte, elektrifikacione i telekomunikacione objekte na željezničkoj dionici Tuzla – Zvornik, uključujući pristup Međunarodnom aerodromu Tuzla.</t>
+  </si>
+  <si>
+    <t>Idejni projekat i prethodne studije za željezničku prugu na ruti 9a Transportne opservatorije za jugoistočnu Evropu, Tuzla – Zvornik</t>
   </si>
   <si>
     <t>478 400 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Not targeted); Climate action
-[...15 lines deleted...]
-- Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
+    <t xml:space="preserve">Civilno društvo
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opšti cilj projekta je ubrzavanje aktivnosti na obnovi prioritetnih dionica na indikativnom proširenju TEN-T sveobuhvatne željezničke mreže na zapadni Balkan (ranije, SEETO sveobuhvatna željeznička mreža). Ovaj zadatak odnosi se na izradu idejnih projekata/idejnih rješenja i pratećih prethodnih studija za remont, rekonstrukciju i izgradnju željezničkih dionica na ruti 9a proširenja TEN-T/SEETO sveobuhvatne željezničke mreže: Tuzla - Zvornik i Tuzla - Međunarodni aerodrom Tuzla.
 </t>
   </si>
   <si>
-    <t>PROGRES - Protection of Nature and Globalisation of Renewable Energy Sources</t>
+    <t xml:space="preserve">Cilj zadatka je da se dobiju sljedeći rezultati:
+1. Željeznička dionica (Bosanska Poljana) - Tuzla - Zvornik:
+a) Idejna rješenja / idejni projekti za remont / rekonstrukciju / izgradnju željezničke dionice, 
+b) Prethodne studije za remont / rekonstrukciju / izgradnju željezničke dionice, te
+c) Priprema tehničkih smjernica i specifikacija potrebnih za sastavljanje tenderske dokumentacije za izradu idejnog i glavnog projekta i pratećih studija za izvođenje radova remonta / rekonstrukcije / izgradnje.
+2. Željeznička dionica Tuzla – Međunarodni aerodrom Tuzla: 
+a) Idejna rješenja / idejni projekti za remont / rekonstrukciju / izgradnju željezničke dionice, 
+b) Prethodne studije za remont / rekonstrukciju / izgradnju željezničke dionice, te
+c) Priprema tehničkih smjernica i specifikacija potrebnih za sastavljanje tenderske dokumentacije za izradu idejnog i glavnog projekta i pratećih studija za izvođenje radova remonta / rekonstrukcije / izgradnje.
+</t>
+  </si>
+  <si>
+    <t>PROGRES - Zaštita prirode i globalizacija obnovljivih izvora energije</t>
   </si>
   <si>
     <t>200 506 €</t>
   </si>
   <si>
     <t>2013 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">This project seeks to contribute to an increased use of renewable energy sources (RES) and improved living conditions and environment protection in the cross-border area in the municipalities Nijemci  (Croatia), Gracanica and Kalesija (BiH). This effort will be addressed in particular through increasing the knowledge of local community administrations, economic entities and farmer on the potentials for the RES application in residential and public facilities. 
-[...11 lines deleted...]
-    <t>Business Environment Streghtening for More SMEs in Tuzla and Neighbouring Munici palities - BESt 4 SMEs</t>
+    <t xml:space="preserve">Ovim se projektom nastoji doprinijeti povećanoj primjeni obnovljivih izvora energije (OIE) te boljim uslovima za život i zaštiti okoliša u prekograničnom području u opštinama Nijemci (Hrvatska), Gračanica i Kalesija (BiH). Tome će se pristupiti kroz povećanje znanja lokalnih uprava, ekonomskih subjekata i poljoprivrednika o potencijalima primjene OIE u stambenim i javnim objektima. 
+U sklopu projekta planirano je opremanje odabranih javnih objekata u vlasništvu lokalnih zajednica  u svrhe demonstracije.  Tako opremljeni demonstracijski objekti doprinijet će boljem razumijevanju implementacije i primjene OIE u postojećim objektima. Demonstracijski objekti stalno će biti na raspolaganju za posjete zainteresovanom stanovništvu i  predstavnicima privatnog i javnog sektora, s ciljem podizanja svijesti o značaju primjene OIE.
+Studije o potencijalima OIE, koje će biti izrađene za oba prekogranična ruralna područja, predstavit će stručnu osnovu za budući razvoj ekonomije primjene OIE.
+Uz to, Studije će obuhvatiti i utjecaj rasta i fluktuacija cijena neobnovnljivih izvora energije (NIE) na finansijsku situaciju stanovništva, kao i ekonomičnost OIE u odnosu na NIE.  Studije će dati odgovore o svim dostupnim ekonomskim mjerama za poticanje primjene OIE (subvencije, porezi, grantovi, itd.) na regionalnim i državnim nivoima oba pogranična područja, što je od velikog ekonomskog značaja za oba pogranična područja. 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poticanjem veće primjene izvora obnovljine energije (IOE) u ruralnim zajednicama u prekograničnim regijama Hrvatske i Bosne i Hercegovine, projekat je dao doprinos očuvanju prirodnih vrijednosti okoliša, biodiverziteta i prirode, kao i poboljšanju uslova za život na ciljnom području. 
+S ciljem stimuliranja energetske nezavisnosti lokalnih samouprava na prekograničnim područjima kroz promovisanje principa energetske efikasnosti, proizvodnje energije u elektranama na OIE i kogeneracije, četiri demonstracijska - javna objekta opremljena su sistemima OIE u sklopu ovog projekta: Mješovita srednja škola u Kalesiji (solarni kolektori i toplinska pumpa snage 75 kW), sportska dvorana "Luke" u Gračanici (solarni kolektori i fotonaponske ćelije snage 10 kWp), zgrada opštine Nijemci (solarna elektrana kapaciteta 4.12 kW) i okretna solarna mini-elektrana kapaciteta 10 kW na šetnici duž rijeke Bosut sa novim LED lampama na stubovima javne rasvjete. Oprema je osigurala povećanje energetske efikasnosti demonstracijskih objekata i smanjenje troškova električne energije i energije za grijanje. 
+Dvije Studije o potencijalima za primjenu OIE u oba prekogranična područja su izrađene i distribuirane lokalnim samoupravama, ekonomskim subjektima i poljoprivrednicima u ruralnim prekograničnim područjima, a mogu poslužiti kao osnova za daljnji razvoj i investicije u ovaj sektor. 
+Kako bi se obezbijedili bolji uslovi za život u zdravijem i čišćem okruženju za cjelokupno stanovništvo Vukovarsko-srijemske županije i Tuzlanskog kantona, projektni partneri su posvetili veliku pažnju povećanju znanja i kompetencija ciljne grupe u oblasti OIE te na podizanje svijesti cjelokupnog stanovništva u pograničnim ruralnim područjima, javnih i privatnih aktera, o potrebama, koristima i mogućnostima za eksploataciju OIE. 
+</t>
+  </si>
+  <si>
+    <t>Jačanje poslovnog okruženja za više malih i srednjih preduzeća (MSP) u Tuzli i susjednim općinama - BESt 4 SMEs</t>
   </si>
   <si>
     <t>454 268 €</t>
   </si>
   <si>
     <t>2014 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Gender
-[...16 lines deleted...]
-    <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Važno); Digitalizacija
+ (Nije ciljano); Civilno društvo
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ovaj projekat podstiče zapošljavanje i razvoj malih i srednjih preduzeća u visoko konkurentnom sektoru IKT, na osnovu prenosa znanja iz BIT Centra izvrsnosti koji se nalazi u Tuzli u manje razvijene općine Kalesija i Srebrenik. Projekat je takođe doprinio unapređenju poslovnog okruženja za mala i srednja preduzeća kroz bolju poslovnu infrastrukturu i promociju inovacija i novih tehnologija prvenstveno putem BIT Centra. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Funkcionalni centri za podršku poslovanju sa inkubatorima uspostavljeni u Srebreniku i Kalesiji za MSP-ove. 
+- Povećane poslovne vještine studenata viših godina i potencijalnih mladih preduzetnika. 
+- Unaprijeđene usluge poslovnog razvoja za MSP-ove u ciljanim općinama proširenjem kapaciteta BIT Centra u Tuzli. 
+- Otvorena nova radna mjesta za MSP-ove u BIT Centru i preduzetničkim inkubatorima. 
+- Najbolje prakse lokalnog ekonomskog razvoja iz Tuzle promovisane i primijenjene u Srebreniku, Kalesiji i drugim lokalnim zajednicama u BiH.</t>
+  </si>
+  <si>
+    <t>Partnerstvo za efektivnu implementaciju lokalnog ekonomskog razvoja u sjeveroistočnoj Bosni i Hercegovini</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Climate action
-[...6 lines deleted...]
-The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Nije ciljano); Polovi
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cilj projekta je unaprijediti poslovno okruženje u sjeveroistočnoj Bosni i Hercegovini kroz uspostavljanje Klastera za razvoj tipičnih (tradicionalnih) proizvoda. Klaster nudi razne usluge, kao što su poslovno savjetovanje, zajednički nastup na tržištu, uvođenje standarda kvaliteta, priprema razvojnih projekata, itd. 
+Projektom je podržana izgradnja proizvodnih i skladišnih objekata za tipične proizvode u Poslovnim zonama Odžak i Modriča, kao i adaptacija centra za promociju i prodaju tih proizvoda (takozvana „Kuća okusa“ koja se nalazi u turističkom centru Tuzle). 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Implementation of this project resulted in:
-[...3 lines deleted...]
-- Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Klaster za razvoj tipičnih proizvoda sa 20 članova oformljen u sjeveroistočnoj BiH te pruža oko 15 usluga malim i srednjim preduzećima, uključujući bolji pristup tržištu i prodaju tipičnih proizvoda (u promotivnom dućanu u Tuzli), uspostavljena laboratorija za kontrolu kvaliteta (u okviru Tehnološkog fakulteta), unaprijeđeni proizvodni kapaciteti (u Odžaku i Modriči) te osiguran novi instrument za finansiranje MSP-ova. 
+- Izrađena baza podataka sa podacima o 70 prepreka za razvoj MSP-ova sa preporukama lokalnim vlastima za njihovo otklanjanje. 
+- Uspostavljeno partnerstvo između 10 lokalnih aktera kako bi se MSP-ovima omogućio bolji pristup uslugama kroz opštinske info centre.
+- Oformljena partnerstva za podsticanje ulaganja u zelenu proizvodnju i inovativne tehnologije za korištenje vodeno-parnog sistema iz TE Tuzla za ekonomske aktivnosti.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -258,51 +265,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="11.6259591238839" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>