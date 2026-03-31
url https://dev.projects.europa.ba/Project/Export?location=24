--- v1 (2025-12-18)
+++ v2 (2026-03-31)
@@ -6,247 +6,240 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
-    <t>Naziv projekta</t>
-[...17 lines deleted...]
-    <t>Održivi oporavak na lokalnom nivou</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Local Level Action for Sustainable Recovery</t>
   </si>
   <si>
     <t>193 005 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
-[...17 lines deleted...]
-    <t>Oporavak od poplava - stambeno zbrinjavanje u Federaciji BiH (FBiH)</t>
+    <t>2016 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Significant); Gender
+ (Significant); Climate action
+ (Significant)</t>
+  </si>
+  <si>
+    <t>Overall objective of this project is flood recovery assistance provided to families and targeted municipalities in Disaster preparednes and prevention measures implementation.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Improved environmental and economic related recovery in 5 selected municipalities, 
+- Increased capacities for flood risk reduction with effective local level participation in 5 selected municipalities.</t>
+  </si>
+  <si>
+    <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
-[...17 lines deleted...]
-    <t>Izrada projektnog zadatka za tendere u željezničkom sektoru u okviru IPA 2017</t>
+    <t>2017 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Significant); Climate action
+ (Significant); Digital
+ (Not targeted); Gender
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- 378 households will be provided with adequate and disaster-resilient housing,
+- Within them, 85 households will also benefit annual income generated, through the livelihood measures.
+- Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
+  </si>
+  <si>
+    <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
-[...21 lines deleted...]
-    <t>Idejni projekat i prethodne studije za željezničku prugu na ruti 9a Transportne opservatorije za jugoistočnu Evropu, Tuzla – Zvornik</t>
+    <t>2018 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Significant); Gender
+ (Significant); Climate action
+ (Significant); Digital
+ (Significant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The overall objective of the project of which this contract will be a part is as follows: To ensure closer integration between BiH and the EU in the transport sector, also contributing to connectivity agenda priorities.
+Purpose of this project is to provide for draft technical parts of the terms of references concerning: 
+- technical assistance in institutional development of the BiH Railways Regulatory Board 
+- preparing of preliminary studies and conceptual designs for overhaul of railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Acceleration of activities on rehabilitation of the priority sections on the Core and the SEETO Railway Comprehensive Network, in particular along the Corridor Vc, and strengthening of the capacity of the railway regulator.
+- Enabled tendering for provision of technical assistance to support further institutional development of the BiH Railways Regulatory Board, 
+- Enabled tendering for preparation of preliminary studies and conceptual designs for overhaul/reconstruction of railway facilities, including SS and telecommunications facilities, electrification and telecommunication facilities on the railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
+  </si>
+  <si>
+    <t>Conceptual design and preliminary studies for railway on South East Europe Transport Observatory Route 9a, Tuzla – Zvornik</t>
   </si>
   <si>
     <t>478 400 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...4 lines deleted...]
-    <t xml:space="preserve">Opšti cilj projekta je ubrzavanje aktivnosti na obnovi prioritetnih dionica na indikativnom proširenju TEN-T sveobuhvatne željezničke mreže na zapadni Balkan (ranije, SEETO sveobuhvatna željeznička mreža). Ovaj zadatak odnosi se na izradu idejnih projekata/idejnih rješenja i pratećih prethodnih studija za remont, rekonstrukciju i izgradnju željezničkih dionica na ruti 9a proširenja TEN-T/SEETO sveobuhvatne željezničke mreže: Tuzla - Zvornik i Tuzla - Međunarodni aerodrom Tuzla.
+    <t xml:space="preserve">Civil society (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The overall objective of the project s acceleration of activities on rehabilitation of the priority sections on the Indicative extension of the TEN-T Rail Comprehensive Network to the Western Balkans (former SEETO Railway Comprehensive Network). 
+This assignment concerns preparation of conceptual designs/preliminary solutions and related preliminary studies for overhaul, reconstruction and construction of railway sections on the TEN-T extension/SEETO Comprehensive Network railway Route 9a: Tuzla - Zvornik and Tuzla - Tuzla International Airport.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The assignment shall provide for the following results:
+1. Railway section (Bosanska Poljana) - Tuzla - Zvornik:
+- Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
+- Preliminary studies for overhauling / reconstruction / construction of the railway section, and
+- Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
+2. Railway section Tuzla – Tuzla international Airport: 
+- Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
+- Preliminary studies for overhauling / reconstruction / construction of the railway section, and
+- Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Cilj zadatka je da se dobiju sljedeći rezultati:
-[...7 lines deleted...]
-c) Priprema tehničkih smjernica i specifikacija potrebnih za sastavljanje tenderske dokumentacije za izradu idejnog i glavnog projekta i pratećih studija za izvođenje radova remonta / rekonstrukcije / izgradnje.
+    <t>PROGRES - Protection of Nature and Globalisation of Renewable Energy Sources</t>
+  </si>
+  <si>
+    <t>200 506 €</t>
+  </si>
+  <si>
+    <t>2013 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This project seeks to contribute to an increased use of renewable energy sources (RES) and improved living conditions and environment protection in the cross-border area in the municipalities Nijemci  (Croatia), Gracanica and Kalesija (BiH). This effort will be addressed in particular through increasing the knowledge of local community administrations, economic entities and farmer on the potentials for the RES application in residential and public facilities. 
+The project plans to equip the selected existing public facilities owned by local communities for demonstration purposes. So equipped demonstration facilities will contribute to a better understanding of the implementation and use of RES on existing facilities. Demonstration facilities will be continuously available for visits by interested population, to representatives of private and public sector with the aim of raising awareness and the importance of using RES.
+Studies on potentials of RES, which will be developed for both cross-border rural areas, will present an expert basis for the future development of the economy on the use of RES.
+In addition, the Studies will include the impact of growth and price fluctuations of non-renewable energy sources (NES) on the financial situation of the population, and cost effectiveness of RES in relation to the NES. The Studies will provide answers about all economic measures available to encourage the use of RES (subsidies, taxes, grants, etc.) at regional and national level of both cross-border areas, which is of considerable economic importance of both cross-border areas.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">By fostering a greater use of renewable energy sources (RES) in rural communities in the cross-border regions of Croatia and Bosnia and Herzegovina, the project contributed to the preservation of natural values of the environment, biodiversity and nature conservation and enhancement of life conditions in the targeted area.
+In order to encourage energy independence of local self-governments in cross-border areas by promoting the principles of energy efficiency, production of energy in RES power plants and cogeneration, within this project four demonstration facilities - public buildings were supplied with RES systems: the Mixed Secondary School in Kalesija (solar collectors and a heat pump of 75 KW power), the sport centre “Luke” Gračanica (solar collectors and photovoltaic panels of 10 kWp power), the Nijemci Municipality building (solar power plant with the installed capacity of 4.12 kW) and the rotatable solar mini power plant of the capacity of 10 kW at the promenade along the Bosut River with the new LED lamps installed for the street lighting.  The equipment has led to increase of energy efficiency of the demonstration facilities, reduction of costs for electrical and heating energy. 
+Two Studies on the potentials for the use of RES in both cross-border areas were produced and disseminated to local self-governments, economic entities and farmers in rural cross-border areas that can serve as basis for futher development and investments in this sector.
+In order to create better life conditions in a healthier and cleaner environment for the entire population of VSC and TC, the project partners placed great importance on increasing knowledge and competences of the target group on RES as well as on raising awareness of the overall population in bordering rural communities, public and private actors, about the needs, benefits and possibilities for exploitation of RES.</t>
+  </si>
+  <si>
+    <t>Business Environment Streghtening for More SMEs in Tuzla and Neighbouring Munici palities - BESt 4 SMEs</t>
+  </si>
+  <si>
+    <t>454 268 €</t>
+  </si>
+  <si>
+    <t>2014 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gender
+ (Main); Climate action
+ (Significant); Digital
+ (Not targeted); Civil society (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This project boosts employment and SME development in the highly competitive ICT sector, based on the transfer of know-how from the BIT Centre of excellence located in Tuzla, to the less developed municipalities of Kalesija and Srebrenik. The project has also contributed to improved business environment for SMEs through better business infrastructure and promotion of innovations and new technologies primarily via the BIT Centre. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Functional Business Support Center (BSC) with incubator capacities in Srebrenik and Kalesija made available for SMEs. 
+- Increased business skills of senior students and potential young entrepreneurs. 
+- Business development services for SMEs enhanced in the target municipalities by expanding capacities of BIT Centre in Tuzla. 
+- New jobs created for SMEs located in BIT Centre and in business incubators. 
+- Tuzla LED best practice promoted and applied in Srebrenik, Kalesija and other local communities in BiH.</t>
+  </si>
+  <si>
+    <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>392 241 €</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Main); Climate action
+ (Main); Digital
+ (Not targeted); Gender
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
+The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
-    <t>PROGRES - Zaštita prirode i globalizacija obnovljivih izvora energije</t>
-[...71 lines deleted...]
-- Oformljena partnerstva za podsticanje ulaganja u zelenu proizvodnju i inovativne tehnologije za korištenje vodeno-parnog sistema iz TE Tuzla za ekonomske aktivnosti.</t>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
+- Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
+- Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
+- Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -265,51 +258,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="11.6259591238839" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>