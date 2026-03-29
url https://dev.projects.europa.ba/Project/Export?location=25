--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,131 +30,131 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Reguation of rivers in Tuzla Canton</t>
   </si>
   <si>
     <t>4 915 262 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Purpose of this porject is regulation of the following rivers:
 Sapna River 
 The flooding in the centre of the municipality of Sapna in the year of 1999 was the reason to initiate the project of Regulation of Sapna River. In 2002 the Main design was finished and the works on the regulation of the river followed soon after. Since the construction works were not fully done in the length of which is foreseen by the main design it happened again in the year of 2014 that the non-regulated part of the river was too small to carry the amount of the high water and the flooding of the municipality was unavoidable. Until today the works on regulation of the river have been carried out in different sections. This project was likewise divided into 3 sections, 3 transitional sections and inflows with total length of 824,50m. 
 Drinjača River 
 In order to protect the embankment of the main bus station from the significant material damage due to the high waters of the Drinjača River the reinforced cantilever was built. It starts in the toe of the embankment and has a height of around 6m. On the top of the wall, there is an access road of the main bus station. This project improved the safety of the traffic in general. The reinforced wall next to the embankment protects the access road from the sudden break due to the high waters. It is also equipped with the safety railing on the top of it. The total length of the wall is 165m. The wall is located between the two bridges of the main road M-18.
 Jala River 
 During the floods in 2014, there have been major flood waves that have caused a significant damage to existing facilities, agricultural land and local infrastructure. This was the reason to proceed with the project of the regulation of the Jala River, which was initiated in the year of 1986. The excavation of the new river bed between the profiles P65 and P122 was executed. The existing width of the riverbed was too small to be able to protect the adjacent agricultural land from flooding. Since the affected area is known for the heavy industry, the pollution of the local rivers is at high risk. Thus, the adjacent agricultural land is to be effectively protected by this project. Not only the riverbed was widened, but the riverbank was also  covered by the reinforced concrete slabs in accordance with the Main design. The length of regulation is 2.069,58m.
 Turija River 
 The intensive usage of the agricultural land by the locals which is mostly the case on the right bank of the Turija River has added weight to the issue of defending the land against high waters of the Turija River. The length regulation of the Turija River in the Municipality of Lukavac was 2.130,4 m. Regular flooding of the land was caused by the fact that the riverbed was too small to hold in the water even after a short rainfall. Due to the existing natural swamp on the left side of the riverbank, which is to remain for environmental reasons, only the right riverbank in this area was regulated. Prior to this project, the alignment of the river was changed into a more straight line with almost no curves. 
 Tinja River 
 During the floods in 2014 there have been major flood waves that have caused a significant damage to existing facilities and local infrastructure particularly in Bare, part of the town of Srebrenik. Due to high waters and curved alignment of the river bed the aforementioned part of the town was flooded and the wall which was built as protection against high waters was carried away by the river. The length of regulation of the Tinja riverbed in Srebrenik was 665,23 m. The excavation of the new riverbed between the profiles K.K.2 and P24 was executed. This is located between the local bridge and the Faćkin Creek. In addition, the new cantilever wall was built between the profiles P21 and P24.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood protection infrastructure, as follows: 
 a) Component 1: Sapna River, located in the centre of the town of Sapna , Length of regulation l=824,50m 
 b) Component 2: Drinjača River, located in the town of Kladanj, Length of regulation l=165m 
 c) Component 3: Jala River, located between the towns of Lukavac and Tuzla, Length of regulation l=2.069,58m 
 d) Component 4: Turija River, located near the town of Lukavac, Length of regulation l=2.130,4m 
 e) Component 5: Tinja River, located near the centre of the town of Srebrenik, Length of regulation l=665,23m</t>
   </si>
   <si>
     <t>Supervision of regulation of rivers in Tuzla Canton (Sapna, Drinjaca, Jala, Turi ja and Tinja Rivers)</t>
   </si>
   <si>
     <t>145 895 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The purpose if this project is supervision of regulation of rivers in Tuzla Canton: Sapna, Drinjaca, Jala, Turija and Tinja Rivers.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>