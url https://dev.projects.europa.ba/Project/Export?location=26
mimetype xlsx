--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,179 +30,179 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local Level Action for Sustainable Recovery</t>
   </si>
   <si>
     <t>193 005 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Overall objective of this project is flood recovery assistance provided to families and targeted municipalities in Disaster preparednes and prevention measures implementation.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved environmental and economic related recovery in 5 selected municipalities, 
 - Increased capacities for flood risk reduction with effective local level participation in 5 selected municipalities.</t>
   </si>
   <si>
     <t>Reguation of rivers in Tuzla Canton</t>
   </si>
   <si>
     <t>4 915 262 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Purpose of this porject is regulation of the following rivers:
 Sapna River 
 The flooding in the centre of the municipality of Sapna in the year of 1999 was the reason to initiate the project of Regulation of Sapna River. In 2002 the Main design was finished and the works on the regulation of the river followed soon after. Since the construction works were not fully done in the length of which is foreseen by the main design it happened again in the year of 2014 that the non-regulated part of the river was too small to carry the amount of the high water and the flooding of the municipality was unavoidable. Until today the works on regulation of the river have been carried out in different sections. This project was likewise divided into 3 sections, 3 transitional sections and inflows with total length of 824,50m. 
 Drinjača River 
 In order to protect the embankment of the main bus station from the significant material damage due to the high waters of the Drinjača River the reinforced cantilever was built. It starts in the toe of the embankment and has a height of around 6m. On the top of the wall, there is an access road of the main bus station. This project improved the safety of the traffic in general. The reinforced wall next to the embankment protects the access road from the sudden break due to the high waters. It is also equipped with the safety railing on the top of it. The total length of the wall is 165m. The wall is located between the two bridges of the main road M-18.
 Jala River 
 During the floods in 2014, there have been major flood waves that have caused a significant damage to existing facilities, agricultural land and local infrastructure. This was the reason to proceed with the project of the regulation of the Jala River, which was initiated in the year of 1986. The excavation of the new river bed between the profiles P65 and P122 was executed. The existing width of the riverbed was too small to be able to protect the adjacent agricultural land from flooding. Since the affected area is known for the heavy industry, the pollution of the local rivers is at high risk. Thus, the adjacent agricultural land is to be effectively protected by this project. Not only the riverbed was widened, but the riverbank was also  covered by the reinforced concrete slabs in accordance with the Main design. The length of regulation is 2.069,58m.
 Turija River 
 The intensive usage of the agricultural land by the locals which is mostly the case on the right bank of the Turija River has added weight to the issue of defending the land against high waters of the Turija River. The length regulation of the Turija River in the Municipality of Lukavac was 2.130,4 m. Regular flooding of the land was caused by the fact that the riverbed was too small to hold in the water even after a short rainfall. Due to the existing natural swamp on the left side of the riverbank, which is to remain for environmental reasons, only the right riverbank in this area was regulated. Prior to this project, the alignment of the river was changed into a more straight line with almost no curves. 
 Tinja River 
 During the floods in 2014 there have been major flood waves that have caused a significant damage to existing facilities and local infrastructure particularly in Bare, part of the town of Srebrenik. Due to high waters and curved alignment of the river bed the aforementioned part of the town was flooded and the wall which was built as protection against high waters was carried away by the river. The length of regulation of the Tinja riverbed in Srebrenik was 665,23 m. The excavation of the new riverbed between the profiles K.K.2 and P24 was executed. This is located between the local bridge and the Faćkin Creek. In addition, the new cantilever wall was built between the profiles P21 and P24.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood protection infrastructure, as follows: 
 a) Component 1: Sapna River, located in the centre of the town of Sapna , Length of regulation l=824,50m 
 b) Component 2: Drinjača River, located in the town of Kladanj, Length of regulation l=165m 
 c) Component 3: Jala River, located between the towns of Lukavac and Tuzla, Length of regulation l=2.069,58m 
 d) Component 4: Turija River, located near the town of Lukavac, Length of regulation l=2.130,4m 
 e) Component 5: Tinja River, located near the centre of the town of Srebrenik, Length of regulation l=665,23m</t>
   </si>
   <si>
     <t>Supervision of regulation of rivers in Tuzla Canton (Sapna, Drinjaca, Jala, Turi ja and Tinja Rivers)</t>
   </si>
   <si>
     <t>145 895 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The purpose if this project is supervision of regulation of rivers in Tuzla Canton: Sapna, Drinjaca, Jala, Turija and Tinja Rivers.</t>
   </si>
   <si>
     <t>The right of BiH citizent to healthy environment</t>
   </si>
   <si>
     <t>57 516 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at introducing framework for effective implementation of the provisions of Aarhus Convention in BiH by establishing mechanisms for implementation of this Convention in two piloted municipalities (Derventa and Lukavac) via technical assistance to local administrations to make local waste management plans in consultation with the public and in accordance with citizen needs i.e. principles of the Aarhus Convention and by building capacities of NGOs for participation in environmental-decision making and monitoring of implementation of environmental strategies, laws and action plans.
 The Aarhus Convention represents a peculiar piece of the international environmental legislation which establishes democratic rights of citizens with regard to the environment. The effective implementation of the Aarhus Convention assumes actions at all levels of authority and in all parts of the country. Since its ratification in BiH in summer 2008, more improvements are needed in its implementation. Therefore, it is necessary to foster initiatives for advocacy and lobbying for implementation of the Convention, especially at the local level, to which the project contributed at large extent.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on enhancing mechanisms for implementation of the Aarhus Convention at local level. Two local waste management plans in two municipalities of Derventa and Lukavac are created in accordance with principles of the Aarhus Convention and promotion of the process to foster policy dialogue on implementation of the Aarhus Convention and waste management legislation in BiH is ensured. Also, capacities of selected local NGOs are improved via forms of interactive work (workshops and seminars), education (trainings) and dialogue with stakeholders and citizens. In accordance with provisions of the Convention, web-based environmental databases are open for public access and guidelines for citizen engagement in environmental decision-making were made and institutionalized. Furthermore, citizens' awareness for participation in environmental decision-making and government-NGO dialogue is increased by undertaking series of public awareness campaigns. Thus, the public participation was facilitated in the process of Waste Management Plan making, from early stages and the public was timely informed about all important events in the process. Citizens’ inputs were taken into account and incorporated in the final versions of the Plans. 
 By such actions, we contributed to more responsible environment treatment, better local partnerships in decision making and management of environmental protection mechanisms as well as to better promotion of the country's environmental protection and natural resources.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>