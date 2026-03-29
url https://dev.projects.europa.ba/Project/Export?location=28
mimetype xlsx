--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project of which this contract will be a part is as follows: To ensure closer integration between BiH and the EU in the transport sector, also contributing to connectivity agenda priorities.
 Purpose of this project is to provide for draft technical parts of the terms of references concerning: 
 - technical assistance in institutional development of the BiH Railways Regulatory Board 
 - preparing of preliminary studies and conceptual designs for overhaul of railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acceleration of activities on rehabilitation of the priority sections on the Core and the SEETO Railway Comprehensive Network, in particular along the Corridor Vc, and strengthening of the capacity of the railway regulator.
 - Enabled tendering for provision of technical assistance to support further institutional development of the BiH Railways Regulatory Board, 
 - Enabled tendering for preparation of preliminary studies and conceptual designs for overhaul/reconstruction of railway facilities, including SS and telecommunications facilities, electrification and telecommunication facilities on the railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t>EMPOWER - Empowering Civil Society Organizations in the Social Inclusion of Persons with Disabilities</t>
   </si>
   <si>
     <t>378 000 €</t>
   </si>
@@ -146,153 +146,153 @@
   <si>
     <t>EU4DigitalSME: EU support for digitalization of Small and Medium size Enterprises in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>5 000 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The “EU4DigitalSME” project supports  development of an enabling environment for SMEs to successfully undertake digitalisation and innovation transformations. Through better access to innovative technologies, skills and services across value chains, the project supports the creation of a conducive business environment for technological transformation of SMEs in competitive sectors. This will result in an increased performance of companies, in particular SMEs, start-ups and mid-caps, to become more competitive with regard to their business/production processes, products and services by using digital technologies.</t>
   </si>
   <si>
     <t xml:space="preserve">1.Policy framework for the SME digital ecosystem enhanced: Public servants trained on topics of SME digitalisation; BiH's overall score in the area of SME internationalisation improved; Increased number of SMEs/ entrepreneurs in BiH benefit from publicly (co-)funded business support services; Policy dialogue platforms for SME digital ecosystem established; 2. Digitalisation and digital innovations of SMEs piloted through Digital Innovation Hubs: “Twinning type” knowledge transfer programme for developing DIHs model in BiH developed and implemented; Piloting EU best practice initiatives from Digital Agenda for collaboration on joint projects; 3. Business support initiatives implemented: availability of business infrastructure tech-parks, and innovation centres and accelerators improved;  voucher schemes for academia and SMEs for know-how transfer implemented (5 innovative services provided by DIHs to SMEs; 90 SMEs using services of DIHs; 7 innovative activities applied in SMEs through partnerships, at least 30% of women involved; 5 international RD&amp;I collaboration partnerships).</t>
   </si>
   <si>
     <t>'''Balkan - House of diversity'''' CfP CBC BIH/Serbia</t>
   </si>
   <si>
     <t>52 122 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims at contributing to the development of social cohesion in the project intervention areas in Bosnia and Herzegovina and Serbia by the promotion of ethnic and cultural diversity.
 The project is designed to increase understanding of the youth and citizens in 6 towns in Bosnia and Herzegovina and Serbia about the multiethnic and multicultural identity of these two countries as a potential for their development.</t>
   </si>
   <si>
     <t xml:space="preserve">1. The project has trained 90 young people and 12 local mentors for the promotion of interculturalism and interethnicity. Their joint efforts and new skills resulted in an innovative tourist guidebook for the 6 towns which have in their focus  the cultural heritage.  Around 6,000 citizens were familiarised with cultural and ethnic diversity during tourist tour. 
 2.  The Project organised the annual Halfway Festival - regional gathering of writers. Around 1550 young people attended lectures in the field of literature during the festival; 850 citizens attended literary evenings at the regional festival. Around 4,000 citizens were informed about cultural and ethnic diversity of the region through produced materials, public events and media reports during the festival.</t>
   </si>
   <si>
     <t>Support to implementation of LEAP in Zenica and Tuzla municipalities</t>
   </si>
   <si>
     <t>486 352 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Specific objective of the action is to reduce the impact of pollution by greatest polluters in Zenica and Tuzla municipalities, to increase awareness in two municipalities on importance of LEAP and its implementation and to prepare and recommend set of recommendations on increasing energy efficiency as well as use of renewable energy sources.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in: 
 - Minimum 2 Green “belt” established towards biggest polluters; 
 - Minimum 2 illegal landfills solved (+ provisions of waste containers); 
 - Minimum 2 sets of recommendations prepared and proposed on promotion of more environment friendly heating materials and improvement of energy efficiency; 
 - Minimum 2 nature parks; 
 - Environmental protection lectures delivered in all elementary and secondary schools in Zenica and Tuzla municipalities; 
 - Minimum one information campaign implemented per municipality; 
 - One network between interested NGOs and targeted municipalities established.</t>
   </si>
   <si>
     <t>Business Environment Streghtening for More SMEs in Tuzla and Neighbouring Munici palities - BESt 4 SMEs</t>
   </si>
   <si>
     <t>454 268 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project boosts employment and SME development in the highly competitive ICT sector, based on the transfer of know-how from the BIT Centre of excellence located in Tuzla, to the less developed municipalities of Kalesija and Srebrenik. The project has also contributed to improved business environment for SMEs through better business infrastructure and promotion of innovations and new technologies primarily via the BIT Centre. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Functional Business Support Center (BSC) with incubator capacities in Srebrenik and Kalesija made available for SMEs. 
 - Increased business skills of senior students and potential young entrepreneurs. 
 - Business development services for SMEs enhanced in the target municipalities by expanding capacities of BIT Centre in Tuzla. 
 - New jobs created for SMEs located in BIT Centre and in business incubators. 
 - Tuzla LED best practice promoted and applied in Srebrenik, Kalesija and other local communities in BiH.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to stimulate good governance and economic activity, and promote social inclusion at the local level, through integrated local development in the areas primarily affected by floods and areas with a large percentage of returnees/internally dis placed persons (IDPs).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improvements in the standard of living for more than 100,000 people in Bosnia and Herzegovina living in 21 municipalities mostly affected by the floods in 2014, 
 - Working with domestic authorities to enable and create mechanisms and resources needed to drive social and economic development. 
 - Strengthened capacities of key HR institutions, modern HR procedures and tools, accompanied with trainings and awareness raising of both civil servants and managers at all levels, will lead to accountable and professional civil service oriented towards the citizens and economy of Bosnia and Herzegovina. 
 - Approx. 80 start-ups who have been supported through training and financial assistance. 
 - Partnerships established with small and medium enterprises to create new jobs and more than 500 farmers in BiH have been supported.</t>
   </si>
   <si>
     <t>Support to Transformation of Care Insitutions</t>
   </si>
   <si>
     <t>1 000 000 €</t>
   </si>
   <si>