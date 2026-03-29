--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project of which this contract will be a part is as follows: To ensure closer integration between BiH and the EU in the transport sector, also contributing to connectivity agenda priorities.
 Purpose of this project is to provide for draft technical parts of the terms of references concerning: 
 - technical assistance in institutional development of the BiH Railways Regulatory Board 
 - preparing of preliminary studies and conceptual designs for overhaul of railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acceleration of activities on rehabilitation of the priority sections on the Core and the SEETO Railway Comprehensive Network, in particular along the Corridor Vc, and strengthening of the capacity of the railway regulator.
 - Enabled tendering for provision of technical assistance to support further institutional development of the BiH Railways Regulatory Board, 
 - Enabled tendering for preparation of preliminary studies and conceptual designs for overhaul/reconstruction of railway facilities, including SS and telecommunications facilities, electrification and telecommunication facilities on the railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t>Conceptual design and preliminary studies for railway on South East Europe Transport Observatory Route 9a, Tuzla – Zvornik</t>
   </si>
   <si>
     <t>478 400 €</t>
   </si>
@@ -86,104 +86,104 @@
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project s acceleration of activities on rehabilitation of the priority sections on the Indicative extension of the TEN-T Rail Comprehensive Network to the Western Balkans (former SEETO Railway Comprehensive Network). 
 This assignment concerns preparation of conceptual designs/preliminary solutions and related preliminary studies for overhaul, reconstruction and construction of railway sections on the TEN-T extension/SEETO Comprehensive Network railway Route 9a: Tuzla - Zvornik and Tuzla - Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">The assignment shall provide for the following results:
 1. Railway section (Bosanska Poljana) - Tuzla - Zvornik:
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 2. Railway section Tuzla – Tuzla international Airport: 
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 </t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to stimulate good governance and economic activity, and promote social inclusion at the local level, through integrated local development in the areas primarily affected by floods and areas with a large percentage of returnees/internally dis placed persons (IDPs).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improvements in the standard of living for more than 100,000 people in Bosnia and Herzegovina living in 21 municipalities mostly affected by the floods in 2014, 
 - Working with domestic authorities to enable and create mechanisms and resources needed to drive social and economic development. 
 - Strengthened capacities of key HR institutions, modern HR procedures and tools, accompanied with trainings and awareness raising of both civil servants and managers at all levels, will lead to accountable and professional civil service oriented towards the citizens and economy of Bosnia and Herzegovina. 
 - Approx. 80 start-ups who have been supported through training and financial assistance. 
 - Partnerships established with small and medium enterprises to create new jobs and more than 500 farmers in BiH have been supported.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">