--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,69 +30,69 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Publishing Services for Delegation of the EU to Bosnia and Herzegovina in Federa tion of Bosnia and Herzegovina, BiH</t>
   </si>
   <si>
     <t>4 778 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The purpose of this contract is publishing of information in local press in Federation of Bosnia and Herzegovina on procurement of grants, works, supplies and services, funded by the EU as required by applicable procurement rules.</t>
   </si>
   <si>
     <t>Support to the Civil Protection Mechanism</t>
   </si>
   <si>
     <t>256 001 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Civil society (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to purchase (supply) of civil protection equipment, in order to strengthen capacities of Civil Protection Agencies in Bosnia and Herzegovina for prevention, preparedness and disaster response.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Multi-lot procurement to purchase specialised civil protection equipment, including rescue tools, transport and monitoring means to be used by the civil protection agencies in BiH.</t>
   </si>
   <si>
     <t>Support to the Civil Protection Mechanism - Lots 2,5,6, 9: Truck trailers, Vans, Rescue tools for Urban Search and Rescue (USAR) teams and Aircrafts</t>
   </si>
   <si>
     <t>327 971 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
@@ -103,77 +103,77 @@
   <si>
     <t>150 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Better understanding of EU integration process by BiH citizens, especially youngsters in local communities but also by representatives of local governments</t>
   </si>
   <si>
     <t>EU image improved; awarness in LC raized</t>
   </si>
   <si>
     <t>Support to environmental NGOs</t>
   </si>
   <si>
     <t>79 513 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at supporting partnerships between governmental and non-governmental sectors with the aim of effective implementation of EU standards on integrated pollution prevention and control (IPPC) in BiH. We supported that by building capacities of civil society organisations on monitoring of behaviour of the industry in compliance with environmental permits, enhancing government and NGOs to address jointly specific environmental problems caused by industries and by raising awareness on necessity of industry to comply with environmental permit requirements and standards by fact findings missions and surveys conducted in the target area, with recommendations as useable and important country wide.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on identifying needs and constraints in the area of industry related environmental permits and standards as well as on improvement mechanisms of the industrial practice in BiH so as to operate in more environmental friendly principles. We helped having capacities of civil society organisations for monitoring of behaviour of the industry in compliance with environmental permits built. A network of environmental NGOs (ten in total, one per canton in the FBIH) was created that acted as a as partner to governments with common interests in combating the industrial pollution. They conducted monitoring of the industrial behaviour in relation to implementation of environmental laws on 50 selected industries (5 per canton in FBIH) and produced an integrated monitoring report with identified good practices as well as bottle necks and needs for corrective and/or improvement measures. The report is publicly presented and shared with competent services.  Also, we enhanced a close dialogue and joint actions of governments and NGOs in addressing specific environmental problems caused by industries. We also supported the public awareness regarding environmental regulations and related industrial performance by series of media and public awareness campaigns conducted. 
 By such actions, we contributed to reducing pollution in BiH and improving quality of living in BiH through improvement of industrial practices and the overall cooperation between civil society organisations and governments in BiH.</t>
   </si>
   <si>
     <t>Moving towards successful public participation in the Sava river basin water man agement</t>
   </si>
   <si>
     <t>201 377 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Sava River Basin spreads across 4 borders, being under jurisdiction of 5 different countries. On the state level, four of these countries (Slovenia, Croatia, BiH and Serbia) have signed a Framework Agreement on the Sava River Basin, and formed the International Sava River Basin Commission. At the same time, all these countries are already in the EU or approaching the full membership, which have set up high environmental standards to which all of them need to adjust. 
 This project aims at contributing to a common vision and public participation in environmental decision making process in the cross-boundary region of Croatia and Bosnia and Herzegovina (BiH).
 Specifically, the project is to animate and educate public to actively participate in the forthcoming creation of the cross-border Sava River Basin Management Plan (SRBMP) and to contribute that the key decision makers recognise the public as an equal partner in the process.</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Water management stakeholders acting in the target cross-border area gained knowledge on the key Water Framework Directive (WFD) elements and principles of public participation in environmental decision making, with a view to further explore high potential for trans-boundary interaction. During the project implementation, 347 persons representing 183 institutions and organisations from both countries gained relevant knowledge through participation in any of 19 awareness-raising, educational, and consultative events (5-day Water Framework Directive seminar, 8 educational workshops, 10 consultative meetings). 
 2.	Increased awareness of citizens in the target cross-border area on the sustainable management of the shared water resources, in framework of WFD and EU accession. The citizens in the target cross-border area were key beneficiaries of strong media campaign implemented within the project as 30 media were covering project activities. This included intense broadcasting of the audio-visual materials produced within the project (documentary film and accompanying radio-broadcast, TV spots and radio jingles), provision of free media coverage of the project events, and several TV and radio talk shows with both Project Managers being the key participants, and ensuring active representation of water-management issues during relevant international days.  The media campaign was of the strongest intensity in the period from December 2011 – April 2012, during the official public consultations on the first draft of the Sava River Basin Management Plan, managed by the Sava Commission. 
 3.	Practical model for bottom-up public participation in cross-border context of the Sava River Basin produced and provided to international and national decision makers responsible for ensuring active public involvement in sustainable water management
 4.	Cross-border Project Team as an authentic constituent of the public engaged  in constructive dialogue with the decision makers, aiming to enhance their acceptance for active public involvement in the forthcoming process of creation of the Sava River Basin Management Plan (SRBMP)
 165 water-management stakeholders attended at least one among 10 consultative meetings on the draft Sava River Basin Management Plan and provided their comments to the Project Team, which created and submitted to the Sava Commission the official document of comprehensive Public Comments (43 comments) on the draft Plan, based on comprehensive process-commenting management excel database. Also created and submitted to all decision makers and participating stakeholders was the Positioning Paper on the quality of public participation in Croatia and BiH in the process of creating, by the Sava Commission the first Sava River Basin Management Plan.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>