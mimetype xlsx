--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -30,101 +30,101 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Improving flooding prevention system in municipalities Bijeljina, Lopare, Sekovi ci, Sapna and Teocak</t>
   </si>
   <si>
     <t>199 411 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>