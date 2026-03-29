--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,99 +30,99 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FloodLife Pilot</t>
   </si>
   <si>
     <t>212 797 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Design and Studies for Motorway on SEETO Route 2a: Banja Luka Bypass, Bosnia and Herzegovina</t>
   </si>
   <si>
@@ -247,139 +247,139 @@
   <si>
     <t>Provision of equipment and technical capacities for the judicial institutions, Lot 4 - Technical protection systems for judicial buildings</t>
   </si>
   <si>
     <t>1 237 345 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Strenghtening Jusicial security and direct support to Court Police Agencies in provision of technical equipment</t>
   </si>
   <si>
     <t>Better judicial security, resulting with better judicial efectivness</t>
   </si>
   <si>
     <t>Partnership for higher environmental standards in BiH</t>
   </si>
   <si>
     <t>99 885 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at increasing the capacity of NGOs and the level of public participation in environmental policy making, promoting good governance through the sound protection of environmental rights. In addition, our goal was strengthening the capacity of civil society organisations in BiH to take on a “watchdog” role, i.e. monitor public policies and legislation in the areas of environmental rights and violation of a right to a clean environment.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increase of the capacity of NGOs and the level of public participation in environmental policy making as well as on promotion of good governance through the sound protection of environmental rights. We achieved an increased public awareness of environmental rights in BiH, which contributes to improvements of the legislative and institutional framework by realising public opinion surveys, fact finding missions and subsequent inter-sectoral common work and dialogue both with stakeholders and NGOs on better addressing needs and constraints of the BiH society in the area of environmental protection and rights. In that way, a multi-stakeholder dialogue in environmental policy is generated, resulting in growing consensus and greater influence of civil society organisations. We also helped improving monitoring mechanisms and early warning systems by capacity building of civil society organisations  via trainings, workshops and seminars and thus enabled better use of environmental rights but also achieved better awareness of citizens via media and public campaigns carried out.  
 By such actions, we contributed to better overall cooperation between civil society organisations and governments in BiH by generated multi-stakeholder dialogue in environmental policy, resulting in growing consensus and more prominent role of civil society in dialogue with governments.</t>
   </si>
   <si>
     <t>Public Energy Management</t>
   </si>
   <si>
     <t>53 028 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Main goal of the project was to encourage and promote the sustainable use of natural resources through implementing energy efficiency (EE) activities and achieving energy savings in target area. Purpose of the project activites was to increase knowledge and awareness on energy efficiency in target area and to implement and improve energy management procedures and system in public buildings in target area. During the project implementation, 10 educational workshops on energy efficiencywere organized for 159 employees in public buildings and 1 joint workshop with cross border project partners and representatives of the public buildings.</t>
   </si>
   <si>
     <t xml:space="preserve">Five educational workshops in B&amp;H;
 One joint workshop with project partners and  employees of public buildings from Karlovac County and City of Banja Luka;
 Joint Strategy and Action Plan to increase energy efficiency in cross-border area of Karlovac County and the City of Banja Luka;
 	Energy management/monitoring systeas implemented in 19 public institutions in BiH;
 Participation in EU Display Campaign for public buildings;
 Five public buildinsg in Banja Luka included and registered in EU Display Campaign (In Banja Luka kindergartens: Neven, Plavičuperak, Naša djeca, Bambi, Bubamara and additionally 14 primary schools were registered in EU Display Campaign).</t>
   </si>
   <si>
     <t>Volunteering for Cross - Border Local Community Development</t>
   </si>
   <si>
     <t>43 720 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The overall objectives of the projects are: 1) to help improve accessibility of community-based services in border area, 2) to contribute to establishment of cross-border networking between local authorities, civil society and social partners and 3) to help enhancing quality of life and social cohesion in border area. The overall objectives were accomplished through set of activities addressing the specific objective which is to contribute to creation of innovative community-based services in border area through establishment of voluntary services and developing policy measures in support of volunteering at local level.</t>
   </si>
   <si>
     <t xml:space="preserve">Established 5 voluntary services in border area of Croatia and Bosnia and Herzegovina - developed effective partnerships between CSOs and social and welfare public institutions and educational facilities providing fertile ground for implementation of different voluntary projects focusing on social vulnerable groups through local voluntary services in Bihać, Derventa, Sisak, Kutina and Petrinja. 
 Established cross-border voluntary network – implemented 2 cross-border voluntary work camps gathering youngsters from targeted communities. Applicants and partners’ organisations developed network among each other and with other community stakeholders that contributed to sustainable planning of future joint activities.  
 Defined local voluntary policies in border area municipalities included in the action – defined 6 local voluntary policies whereof 1 adopted by town council. 
 Improved cross-border joint management, evaluation report and awareness raising tools developed - poster, flayer, voluntary guide and voluntary book.</t>
   </si>
   <si>
     <t>Cross Border Volunteers network for local development</t>
   </si>
   <si>
     <t>38 371 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to help improve quality of life and social cohesion in border area by enhancing accessibility of community-based services, contribute to strengthening of cross-border cooperation at municipal level, to contribute to improving inter-municipal cooperation in border area. Special attention in project implementation was given to creation of innovative community-based services in border area through establishment of 4 local voluntary services and establishment of cross-border network of 9 civil society organisations.
 Final beneficiaries were: marginalised groups and groups at risk of social exclusion and targeted local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Established four voluntary services in border area of Croatia and Bosnia and Herzegovina;
 Strengthened cross-border voluntary network;
 Established sustainable partnerships with 37 social, welfare and educational public institutions and CSOs in targeted communities;
 Established cross-border network of 9 civil society organisations dealing with active citizenship;
 Upgraded cross-border joint management, evaluation report and awareness raising tools developed;
 Cross-border voluntary work camp in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>Talkin books - improving accessibility of public library services for blind and visually impaired persons</t>
   </si>
   <si>
     <t>41 754 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to contribute to the improvement of social cohesion in Zadar County (Croatia) and Banja Luka Region (Bosnia and Herzegovina) by enabling access to education for blind and visually impaired persons. 
 Through joint project activities aimed at enhancing social inclusion of blind and visually impaired people in local community, the project plans to improve accessibility to community-based services (library services) for blind and visually impaired persons in Zadar County and Banja Luka Region. Increasing the level of information, knowledge and skills for visually impaired people is relevant for formal education, professional enhancement, employment and independency, especially for the youth and children. Ultimately, the joint efforts are to improve quality of life for the blind and visually impaired persons.</t>
   </si>
   <si>
     <t xml:space="preserve">Accessibility to community-based services (library services) for blind and visually impaired persons in Zadar County and Banja Luka Region was significantly improved as the project improved the conditions for organisation of education and information provision for the blind and visually impaired persons.  The premises in both Libraries were adapted and new equipment and furniture purchased. Following the adaptation of 40m2 of premises in Banja Luka, a cabinet for education and literacy courses was equipped with office furniture, IT equipment, shelves and equipment for recording of audio books and magazines.  To increase mobility of the library service, Banja Luka received a bibliobus – van 8+1 to transport blind and visually impaired persons to the library and education centre as well as to transport the publications to their home addresses. 
 To ensure the use of equipment and facilities for the benefit of users, the project contributed to strengthening the capacities of Libraries staff and beneficiaries.  As a result, 4 Library staff were trained in using daisy production equipment for production of books in daisy format (2 employees from Research Library Zadar and 2 from Banja Luka City Organization of the Blind); the same 4 employees were trained for work with blind and visually impaired persons; 50  (20 from Banja Luka region and 30 from Zadar County) blind and visually impaired persons have been trained for using  personal computer and internet as knowledge resource, 71 blind and visually impaired persons and other  interested parties (31 from Banja Luka region, and 40 from Zadar County) have been advised about skills for enhancing quality of daily life.  
 The new skills combined with improved equipment  were immediately put to service and produced 5 audio books by Research Library Zadar, 3 audio books by City organization of blind Banja Luka as well as 100 Mp3 sound magazines produced (4 times 25 copies each).
 As a result of these activities on improvement of the library services, the Zadar and Banja Luka Library services recorded an increased number (50) of beneficiaries (blind and visually impaired persons). 
 The project achieved a coordinated partnership and co-operation through establishment of a formal partnership framework. The partnership resulted was strengthened throughout the project implementation and resulted in new project ideas.</t>
   </si>
   <si>
     <t>INFO-HEP CENTRE - with cross-border cooperation to easily accessible health and social services</t>
   </si>
   <si>
     <t>46 367 €</t>
   </si>
   <si>
@@ -434,51 +434,51 @@
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
   <si>
     <t>Sava garden - Regional growth through economic and rural development - ReGERD Pr oject</t>
   </si>
   <si>
     <t>498 782 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project promotes a so called "Business-friendly concept" of local governance by introduction of one-stop shops and other measures implemented by the newly formed municipal teams for economic governance.  In return, this model should create a more responsive local administration, by reducing the time for response to SMEs by 40%. 
 The project has also improved business environment for SMEs through establishment of the Regional Centre for Economic and Rural Development (CERD) with a range of new business services provided to some 80-100 SMEs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strong local partnership established and strengthened, economic governance improved and suitable operational framework for local SMEs developed in the SAVA-GARDEN region.
 - Regional Centre for Economic and Rural Development (CERD) established and strengthened to support business and rural development in the region. 
 - A range of business support services provided to growth-oriented SMEs.
 </t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>