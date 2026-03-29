--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,99 +30,99 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Improving flooding prevention system in municipalities Bijeljina, Lopare, Sekovi ci, Sapna and Teocak</t>
   </si>
   <si>
     <t>199 411 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Supervision of works for: Component 1: Regulation of Brka River in the urban are a of Brcko District, BiH - Phase I, Component 2: Regulation of Janja riverbend i n Janja, including protection of the mountain and inland water of Novo naselje J anja, R</t>
   </si>
   <si>
@@ -154,51 +154,51 @@
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">Purpose of this project is regulation of the Janja riverbed in Janja, including protection of the mountain and inland water of Novo Naselje Janja, in total legth of 3.94 km (from the bridge to settlement Janja and upstream from the mouth of the creek Janjica). 
 Besides the regulation of the Janja riverbed, a subject of this project was the edge canal „Obrijez“, from the mouth od creek Janjica upstream, over a lenght of 2.49 km. The works were related to the excavation of a new canal with coating on the inflow of the canal into the Janja riverbed. This project built a stable riverbed of the Janja River, with the flow cross section formed in such a way as to ensure safe carrying of high water at a level occurring once in a hundred years p=1/100, and also to protect this part of riverbed from further erosion and destabilisation. 
 The selected solution for the protection against external waters is a passive type of protection against external surface water, which is purely defensive in character and consists of the regulation of the minor riverbed, construction of protective defence embankments, expansion and deepening of the main riverbed including intensive maintenance. This type of protection is a common way of regulation, and it has been proposed to regulate the water flow regime and to prevent eroding banks of the Janja River in this area.
 Besides the above mentioned, an additional goal of this project is to secure continuous water drainage from „Novo Naselje Janja“.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood protection infrastructure of Janja River in Bijeljin municipality. 
 - The total length of the regulated Janja riverbed is 3941m, and as part of the project, the regulation of the Obrijež peripheral canal was made in the length of 2490m.
 - 255 house culverts were made. 
 - 3 bridges and 2 large water culverts were constructed.
 </t>
   </si>
   <si>
     <t>Supervision of the Construction of Prison Complex in Bijeljina, Bosnia and Herze govina</t>
   </si>
   <si>
     <t>168 425 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Significant); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is part of a wider initiative, aiming to increase the efficiency, professionalism and independence of the justice sector. It will also work to secure the rule of law and thereby prepare BiH for access to the European Union. 
 The ultimate objective is to help improve BiH capacity for execution of criminal sanction by improving prison infrastructure in prison complex in Bijeljina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Successful supervision of works for the construction and reconstruction of prison complex in Bijeljina.</t>
   </si>
   <si>
     <t>Construction of Bijeljina Prison, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>4 313 527 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
@@ -219,51 +219,51 @@
     <t>1 304 562 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The overall objective of the project is construction of District Prosecutors Office in Bijeljina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - New building of District Prosecutors Office in Bijeljina constructed.</t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>
@@ -305,127 +305,127 @@
   </si>
   <si>
     <t>47 772 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to bring together female and male youth participants to develop their leadership capacities with the aim to encourage their active contribution in strengthening good neighbourly relations. 
 This joint initiative will be implemented with active involvement of young people gathered in youth groups from 12 communities within targeted regions. Project activities are designed to empower active contribution of youth in addressing their needs. These will be activities of common interest such as common capacity building, advocating common prioritized needs of youth regarding social and economic development, developing institutional networks with community stakeholders in social, political, economic, cultural and environmental fields, cross border working study visits and common cross border cultural events.</t>
   </si>
   <si>
     <t xml:space="preserve">The most prominent result of the project is that 320 youth leaders from 12 communities are involved in 4 youth focal groups well educated and skilled and with capacities to efficiently influence youth policies at local, national and regional level and for leading initiatives in communities and regions.
 All planned trainings were successfully realized and resulted in highly skilled youth that now act as promoters of social inclusion and European values, democratic societies and tolerance among their peers.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Wise use of common natural resources - road to sustainability of the Serbia/BiH cross-border region</t>
   </si>
   <si>
     <t>100 742 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to sustainable development of the Serbia-BiH cross-border region by fostering cooperation and multistakeholders approach in integrated natural resources management in the Drina River Basin. The project target groups are at the same time the final beneficiaries of the project outcomes. 
 Project activities include:  analysis and mobilisation of the stakeholders, capacity building of local stakeholders, development of the Action plan for wise use and protection of natural resources, facilitating of the public consultation process, dissemination and promotion of the project activities, etc. 
 Final beneficiaries are: Local authorities in 6 target municipalities, Public utility companies dealing with forest resources management and/or utilization drinking and waste water management, Authorities in charge of water resources management, Civil society organizations (CSOs) and General public.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Increased capacities of local stakeholders in 6 target municipalities (3 in BiH, 3 in Serbia) to actively operate in environmental management in cross-border area;
 Developed Action plan for wise use and protection of natural resources in 6 municipalities in the Drina River Basin;
 Increased public participation in environmental decision making  through active involvement in action plans drafting;
 Increased public awareness for protection and sustainable use of natural resources by implementing public outreach activities.</t>
   </si>
   <si>
     <t>Bijeljina and Bogatic togehter on the way towards energy sustainability</t>
   </si>
   <si>
     <t>230 585 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to maintaining a high quality of environment in the region Bijeljina-Bogatić by using RES (Renewable Energy Sources) and raising energy efficiency, and to improve the competitiveness of local economy by creating conditions for the use of RES. Special focus is given to raising  the awareness and building  local capacity in municipalities of Bijeljina and Bogatic in order to increase energy efficiency and sustainable concept for use of renewable energy.
 Final beneficiaries are: local communities - 142 000 residents of both municipalities, business sector - 2.000 existing enterprises in the municipalities of Bogatic and Bijeljina, including 80 building sector enterprises.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Energy development Plans, as well as feasibility studies for use of RES for municipalities Bijeljina and Bogatic developed and adopted;
 290 representatives of local administration, students and farmers trained and met the Gusing model of good practice related to use of renewable energy and energy efficiancy; 
 The level of awareness of the citizens of Bijeljina and Bogatic municipalities of importance of using RES and energy efficiency increased;
 The use of RES and energy efficiency demonstrated by installing public solar-powered charger and reconstruction of the primary school building.</t>
   </si>
   <si>
     <t>Safe Food Region</t>
   </si>
   <si>
     <t>22 864 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aimed at strengthening the competitivenes of SMEs in BIH, prevention of food health injuries for consumers in Serbia, Bosnia and Herzegovina and in EU countries, and exchange of best food safety practices among food actors in cross border region. Special focus within the project was given to targeted food safety eduction of actors in food supply chain in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Food safety training for consumers representatives;
 Food safety training for HORECA sector;
 Food safety training for local market food processors;
 Food safety training for export-oriented companies;
 Food safety training for retailers;
 Food safety guide (officially registered in the National library of Serbia).</t>
   </si>
   <si>
     <t>'''E761 Convergence''''</t>
   </si>
   <si>
     <t>39 910 €</t>
   </si>
   <si>