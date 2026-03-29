--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,78 +30,78 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Life on BiH/MNE Border - Ancient Traces of ageless Heritage and Tradition</t>
   </si>
   <si>
     <t>259 362 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project developed a functional inter-sector cooperation and linkage of cultural/historical/natural heritage and tourism in the cross-border area of Bosnia and Herzegovina and Montenegro. 
 More specifically, the project created and promoted joint cross border touristic products based on rehabilitated neglected cultural and historical heritage in Trebinje/Bileca (BiH) and Nikšic/Plužine (MNE) and enhanced partnerships in culture and tourism.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Valuable cultural/historical heritage locations and objects of 4 project municipalities, including more than 20 of those neglected and unutilized, mapped and pointed up as a joint tradition and part of mutual offer; 
 - Cultural/historical heritage of corss-border area widely promoted, at least 3 Cross- border joint Tourism Offers/Products created; 
 - Increased level of sustainable management of cultural/natural heritage in cross-border area, by crea tion of 1 joint realistic plan for protection of cultural/natural goods, establi shment of functional steering structure and strengthened capacities of local and cross-border partnerships; 
 - 2 rehabilitated cultural heritage features in both countries; 
 - Project and its results widely promoted in public (printed, digital and video material)</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Improving Water Supply Management in Urban and Rural Areas of Kolasin and Rogati ca municipalities</t>
   </si>
   <si>
     <t>486 390 €</t>
   </si>
   <si>
     <t/>
@@ -109,125 +109,125 @@
   <si>
     <t xml:space="preserve">Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project will contribute to the promotion of sustainable water supply management in the cross-border area of Montenegro and Bosnia and Herzegovina. 
 More specifically, the project will improve the efficiency of the public services in the field of water supply management by upgrading of physical facilities and equipment, capacity building of staff and applying higher standards in water supply in the entire territory of the municipalities of Kolasin (MNE) and Rogatica (BiH).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved water supply management in 2 municipalities through upgraded physical infrastructure and equipment.
 - Reduced percentage of non-revenue water (NRW).
 - The process of continuous education of key stakeholders established in 2 municipalities.
 - Municipal planning documents in the field of water management developed in 2 municipalities. 
 - Information campaign implemented targeting 19.000 people. 
 </t>
   </si>
   <si>
     <t>CfP Cross-border co-operation BiH-MNE</t>
   </si>
   <si>
     <t>136 542 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project's aim was to foster joint sustainable development and to increase the effectiveness of waste management of the cross border area by strengthening capacities of joint institutional networks among private, public and civil society sector. The specific objectives included: a) Establishing waste management cluster as action of the environmental development initiatives in the border areas; b) Raising awareness and educating public, private, civil society sector and citizens on importance of the waste management  and its economic, financial and social aspects; c) Improving joint management and re-establishing cross-border cooperation.</t>
   </si>
   <si>
     <t xml:space="preserve">Established umbrella Cross Border Cooperation Working Group (CBC WG) and maintained an effective dialogue on environmentally friendly social and economic activities;
 Conducted Waste Audit and prepared Waste Audit Document;
 Established two waste management clusters;
 Raised public awareness and educated target groups on sustainable waste management by means of 4 round tables, 2 open days, 12 trainings, 1 final conference, and promotional materials.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>Bridging Barriers - The Spirit of Partnership</t>
   </si>
   <si>
     <t>61 321 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender