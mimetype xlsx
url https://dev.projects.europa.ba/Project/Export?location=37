--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,234 +30,234 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Bicycle for Tourism without Frontiers - BIKE 4 TWF</t>
   </si>
   <si>
     <t>110 856 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">In order to contribute to integration and revitalization of the cross border region, this project aims at intensifying the connections between the two areas and enhancing their co-operation in the field of selective tourism based on the existing resources on both sides of the border.  In order to make a step forward in revitalizing cross-border cooperation and start creating common regional identity, the project will focus on intensifying the dialogue between different stakeholders across the border, enhancing their cooperation and transfer of knowledge and information.
 Ultimately, the project plans to increase the competitiveness of the local tourism in both regions by improving the quality of the existing resources and intensifying its promotion using innovative marketing techniques.</t>
   </si>
   <si>
     <t xml:space="preserve">The project contributed to the increased tourist capacities of the Kozara National Park (BiH) and the Lonjsko Polje Nature Park (Croatia), the two focal areas of the activities, particularly in terms of bicycle tourism. Apart from the reconstruction and signalisation on the cycling routes, the two Parks’ capacities were advanced with cycling and tourist infrastructure - eight (8) equipped resting spots, three (3) refurbished water wells, two (2) Rent-a-bike Stations with two (2) trailers for transport of 20 bikes, 30 bikes and two (2) internet kiosk devices. 
 The equipment and facilities have improved the tourist offer of the Parks, by linking the cycling routes in BiH and Croatia into a single tourist offer.  To ensure sustainable management of the new offer, the project has devised and implemented a series of targeted workshops and a study visit to increase capacities of the local tourist agencies and other stakeholder institutions/organization directly or indirectly involved in tourism policy making. To support the marketing of the new tourist offer, the project has undertaken a series of promotional activities, including installation of internet kiosk info points, project web site, tourist map and cycling guide, while these efforts culminated in a promotional demo tour organised for media representatives. Officially reported data in the two Parks recorded an increase of the number of visitors for more than 10%.  It is worth mentioning that the project has developed a specific methodology/pattern for development of bicycle routes in both cross border regions, which could be replicated to other locations and communities.</t>
   </si>
   <si>
     <t>The Una River - Unique Resource for Sustainable Development</t>
   </si>
   <si>
     <t>90 113 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project area includes four municipalities: Kozarska Dubica and Kostajnica, Bosnia and Herzegovina (BiH) and Hrvatska Kostajnica and Hrvatska Dubica, Croatia.  The project proposal describes as one of the key identified problems in the Project area the stagnation of local economies, which causes harsh unemployment and depopulation of rural areas due to difficulties in providing family income, which in turn forces people to migrate internally or abroad, youth in particular.
 Additional specific characteristic of the area is its vicinity to the border, with the Una River as borderline.  The valley of the Una River, together with the wider Pounje region forms an area with recognized valuable biologic and landscape diversity. It is also the area whose significant resource basis (water, arable land, forests, attractive natural and rural landscapes, and cultural heritage) represents the important potential for development of agriculture, forestry, tourism and the related small and medium enterprises. 
 Yet, tourism economy in the Project area has not been fully recognized as a resource that could become the bearer of local economy development thus far, regardless of the significant potentials noted.
 As a follow up of previous initiatives and interventions in the tourism development in this area,  the four municipalities in the Project area have embarked on the initiative to establish a joint tourist supply that will valorise the joint environmental heritage and improve the competitiveness of the Project area’s tourist supply on the principles of sustainable development.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to promote the competitive advantage of the Project area the project built the infrastructure and trained human resources necessary for the establishment of a unique tourist supply in the region with focus on sport fishing in the lower course of the Una River.  The infrastructure included construction of four anglers lodges and four competition lanes along with improvement of eight access roads to these facilities.  
 Particular attention was given to raising awareness of the target groups with focus on increasing the level of information and knowledge on protection of natural heritage, as a factor of regional development. Information to citizens was provided on the subject of the responsible tourism and its principles for the purpose of the sustainable development through media outlets/promotional events and material. The project promotion activities included also the organisation of the cross-border sports fishing competition in August 2012.
 The Project results include also the establishment of networks and partnerships of various stakeholders from non-governmental, private and public sector, with added value of cross border cooperation, which were institutionalized through three agreements signed between municipalities, tourist organizations and fishermen associations. These arrangements form basis for a long term protection of the lower course of the Una River detailed in agreements on joint stocking, cleaning of banks, water quality preservation, organization of joint fishery control and preservation of autochthonous species. Joint platform on joint rural tourism development in the cross border area was developed and signed.
 This project ensured relevant training and thus increased employability for 12 (twelve) certified tourist guides, 4 fishery officers and heads of 12 rural households. 
 These rural households accommodation capacities were presented in the promotion materials as an integral part of the tourist offer, which was a pilot initiative. To ensure further promotion of the rural tourism, a joint platform on rural tourism development was agreed and signed by the tourist organizations .</t>
   </si>
   <si>
     <t>Mental health prevention network</t>
   </si>
   <si>
     <t>43 809 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is set to address the identified lack or low level of mental health prevention services in local communities in the project area, Sisak-Moslavina County in Croatia and North-West BiH.
 Through a set of activities aiming at improving capacities, prevention of substance abuse and establishing cross-border exchanges, the project seeks to contribute to accessibility of mental health prevention services to beneficiaries in mostly rural border area, to whom centralized mental health services are hardly accessible and who are not accustomed to seek help for mental health problems. 
 More specifically, the project plans to contribute to early identification and intervention in protecting and improving mental health of vulnerable categories, such as children, youth, marginalized and socially deprived families and elderly.
 Furthermore, the project envisages cross-border and cross-disciplinary cooperation and exchange of best practices in bringing mental health prevention closer to the beneficiaries.</t>
   </si>
   <si>
     <t xml:space="preserve">1. To improve capacities of providers of mental health prevention services in local communities in the border region. The aim is to build capacities of community-based providers for organizing and carrying out activities in order to promote and prevent mental health as well as for early identification and intervention in area of mental health. Capacity improvement will be based on resources from both sides of the border and on participative approach and open coordination method. Capacities of 10 elementary schools, 3 secondary schools, 10 kindergartens, 10 communal health centres, 8 social welfare centres, 10 police stations and 10 local governments improved for preventive mental health activities
 2. To improve prevention of substance abuse and behavioural problems by youth through development of cross-border joint preventive action protocols. Cross-border cooperation in prevention of substance abuse and behaviour problems in youth is aimed at alleviating the risks implied in border proximity and to foster protective and preventive factors and initiatives. The project will develope cross-border joint preventive action protocols for substance abuse and youth behaviour problems prevention.
 3. To improve cross-border exchange of knowledge, experiences and good practices in mental health prevention and promotion, the project will develop ten mental health prevention plans of activities. A specialized internet forum for mental health prevention providers will be established.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
   <si>
     <t>Sava garden - Regional growth through economic and rural development - ReGERD Pr oject</t>
   </si>
   <si>
     <t>498 782 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project promotes a so called "Business-friendly concept" of local governance by introduction of one-stop shops and other measures implemented by the newly formed municipal teams for economic governance.  In return, this model should create a more responsive local administration, by reducing the time for response to SMEs by 40%. 
 The project has also improved business environment for SMEs through establishment of the Regional Centre for Economic and Rural Development (CERD) with a range of new business services provided to some 80-100 SMEs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strong local partnership established and strengthened, economic governance improved and suitable operational framework for local SMEs developed in the SAVA-GARDEN region.
 - Regional Centre for Economic and Rural Development (CERD) established and strengthened to support business and rural development in the region. 
 - A range of business support services provided to growth-oriented SMEs.
 </t>
   </si>
   <si>
     <t>Youth Community Centres (CeZaM)</t>
   </si>
   <si>
     <t>82 795 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective is to improve quality of life and social cohesion of youth in border area. Specific project objectives are to improve access to community based services for youth in cross-border area of Pounje and to enhance youth activism and participation in the life of local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Established and operating 2 Youth Community Centres and 4 Youth Info Centres in cross-border area of Pounje
 - 150 youth from 6 local communities in the border area improved quality of leisure time, knowledge and skills  by participating in educational, creative, recreational and socialization programs and activities of Youth Community Centres and Youth Info Centres
 - 60 youth from 6 local communities across border improved inter-ethnic and crossborder understanding and cooperation 
 - 25 youth from communities in cross-border area strengthened capacities for youth leadership and community based activism
 - Cross-border network of youth organizations and youth leaders developed bringing together 6 youth organizations and groups and 25 youth leaders
 - 4 new community oriented cross-border projects  developed, led and implemented by Youth network are sub-granted and implemented.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>