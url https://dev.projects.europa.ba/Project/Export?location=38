--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,208 +30,208 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Cross Border Volunteers network for local development</t>
   </si>
   <si>
     <t>38 371 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to help improve quality of life and social cohesion in border area by enhancing accessibility of community-based services, contribute to strengthening of cross-border cooperation at municipal level, to contribute to improving inter-municipal cooperation in border area. Special attention in project implementation was given to creation of innovative community-based services in border area through establishment of 4 local voluntary services and establishment of cross-border network of 9 civil society organisations.
 Final beneficiaries were: marginalised groups and groups at risk of social exclusion and targeted local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Established four voluntary services in border area of Croatia and Bosnia and Herzegovina;
 Strengthened cross-border voluntary network;
 Established sustainable partnerships with 37 social, welfare and educational public institutions and CSOs in targeted communities;
 Established cross-border network of 9 civil society organisations dealing with active citizenship;
 Upgraded cross-border joint management, evaluation report and awareness raising tools developed;
 Cross-border voluntary work camp in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>Discover Posavina - Development of Joint Tourist Offer of the Posavina Region</t>
   </si>
   <si>
     <t>79 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed at support to revitalization of cross-border economy by stimulating tourism development in Croatia and Bosnia and Herzegovina, development of recognisable joint tourist offer of the Posavina Region and promotion of the regional identity and tourist offer of the Posavina region. Main project activities were: management and visibility, creation of Posavina joint tourist offer
 	Establishment of the Association of Tourist Organisations of the Posavina Region, promotion of Posavina regional identity and joint tourist offer, 	Posavina tourist community web page developent, etc.
 Final beneficiaries were tourist offices in the region, tourists, local communities and citizens.</t>
   </si>
   <si>
     <t xml:space="preserve">Joint tourist offer of the Posavina Region;
 Established Association of Tourist Organisations of the Posavina Region;
 Developed plan and tools for promotion of the regional identity and joint tourist offer of the Posavina region;
 Four thematic capacity building workshops;
 Promo campaign of Posavina regional identity and joint tourist offer.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
   <si>
     <t>Sava garden - Regional growth through economic and rural development - ReGERD Pr oject</t>
   </si>
   <si>
     <t>498 782 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project promotes a so called "Business-friendly concept" of local governance by introduction of one-stop shops and other measures implemented by the newly formed municipal teams for economic governance.  In return, this model should create a more responsive local administration, by reducing the time for response to SMEs by 40%. 
 The project has also improved business environment for SMEs through establishment of the Regional Centre for Economic and Rural Development (CERD) with a range of new business services provided to some 80-100 SMEs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strong local partnership established and strengthened, economic governance improved and suitable operational framework for local SMEs developed in the SAVA-GARDEN region.
 - Regional Centre for Economic and Rural Development (CERD) established and strengthened to support business and rural development in the region. 
 - A range of business support services provided to growth-oriented SMEs.
 </t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>