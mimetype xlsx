--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,69 +30,69 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Publishing Services for Delegation of the EU to Bosnia and Herzegovina in Republ ika Srpska, Bosna and Herzegovina (BA)</t>
   </si>
   <si>
     <t>4 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The purpose of this contract is publishing of information in local press in Republika Srpska on procurement of grants, works, supplies and services, funded by the EU as required by applicable procurement rules.</t>
   </si>
   <si>
     <t>Rehabilitation and construction of flood protection infrastructures in Bosnia an d Herzegovina: Protecting the areas from high level waters of Drina River, Bosni a and Herzegovina</t>
   </si>
   <si>
     <t>3 616 965 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This contract is part of comprehensive assistance addressing priorities under the BiH Action Plan for Floods Protection and River Manageemnt, adopted in 2015. In particular it provides support to rehabilitation and construction of flood protection infrastructures in Bosnia and Herzegovina (funded under IPA 2014 Special Measures for Floods protection). 
 The particular contract is to provide for rehabilitation works on protecting the areas from high level waters of Drina River. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved floods protection infrastructure in areas of Zvornik Municipality (improvements to Drina and Sapna embankment: 
 Component 1 - Flood protection of part of the settlement “Ekonomija”, Zvornik from rivers Drina and Sapna and floods from hinterland; 
 Component 2 - Tabanci and Bratunac Municipality
 Component 3 - Regulation of River Kravica and its tributaries, Branjanska and Zonica. </t>
   </si>
   <si>
     <t>Supervision of works on rehabilitation and construction of flood protection infr astructures in Bosnia and Herzegovina: Protecting the areas from high level wate rs of Drina river</t>
   </si>
   <si>
     <t>144 830 €</t>
   </si>
   <si>
@@ -214,128 +214,128 @@
     <t>The purpose of this project is reconstruction of Basic Court building in Prnjavor.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Basic Court in Prnjavor reconstructed. </t>
   </si>
   <si>
     <t>''Pro EU” (“Za EU”) in Republika Srpska and Brcko District</t>
   </si>
   <si>
     <t>150 000 €</t>
   </si>
   <si>
     <t>Better understanding of EU integration process by BiH citizens, especially youngsters in local communities but also by representatives of local governments</t>
   </si>
   <si>
     <t>EU image improved; awarness in LC raized</t>
   </si>
   <si>
     <t>Adriatic Danubian Clustering</t>
   </si>
   <si>
     <t>46 506 €</t>
   </si>
   <si>
-    <t>2009 - 2025</t>
+    <t>2009 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The goal of ADC Project was to support the companies in the four economics sectors of strategic importance for the countries involved in ADC project, preferably integrated in the national clusters, to cooperate among themselves for the formation and/or development of competitive and effective clusters. The ADC project included identification in the Adriatic-Danubian area companies and/or clusters that are already formed or are about to be formed - with activities in the following sectors of common intrest for all the partners in the project: The Sector of "Food processing"; the Sector of "Building and modernisation of living dwellings", the Sector of "logistics" and the sector of "mecatronics".</t>
   </si>
   <si>
     <t xml:space="preserve">Context Analysis and SWOT Analysis of cluster development in Republika Srpska;
 Transnational cluster agreement from the Partnership Event for Agro-food Processing;
 ADC Economic Map of Strategic Sectors;
 Territorial Marketing Strategy of AD transnational clusters</t>
   </si>
   <si>
     <t>Moving towards successful public participation in the Sava river basin water man agement</t>
   </si>
   <si>
     <t>201 377 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Sava River Basin spreads across 4 borders, being under jurisdiction of 5 different countries. On the state level, four of these countries (Slovenia, Croatia, BiH and Serbia) have signed a Framework Agreement on the Sava River Basin, and formed the International Sava River Basin Commission. At the same time, all these countries are already in the EU or approaching the full membership, which have set up high environmental standards to which all of them need to adjust. 
 This project aims at contributing to a common vision and public participation in environmental decision making process in the cross-boundary region of Croatia and Bosnia and Herzegovina (BiH).
 Specifically, the project is to animate and educate public to actively participate in the forthcoming creation of the cross-border Sava River Basin Management Plan (SRBMP) and to contribute that the key decision makers recognise the public as an equal partner in the process.</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Water management stakeholders acting in the target cross-border area gained knowledge on the key Water Framework Directive (WFD) elements and principles of public participation in environmental decision making, with a view to further explore high potential for trans-boundary interaction. During the project implementation, 347 persons representing 183 institutions and organisations from both countries gained relevant knowledge through participation in any of 19 awareness-raising, educational, and consultative events (5-day Water Framework Directive seminar, 8 educational workshops, 10 consultative meetings). 
 2.	Increased awareness of citizens in the target cross-border area on the sustainable management of the shared water resources, in framework of WFD and EU accession. The citizens in the target cross-border area were key beneficiaries of strong media campaign implemented within the project as 30 media were covering project activities. This included intense broadcasting of the audio-visual materials produced within the project (documentary film and accompanying radio-broadcast, TV spots and radio jingles), provision of free media coverage of the project events, and several TV and radio talk shows with both Project Managers being the key participants, and ensuring active representation of water-management issues during relevant international days.  The media campaign was of the strongest intensity in the period from December 2011 – April 2012, during the official public consultations on the first draft of the Sava River Basin Management Plan, managed by the Sava Commission. 
 3.	Practical model for bottom-up public participation in cross-border context of the Sava River Basin produced and provided to international and national decision makers responsible for ensuring active public involvement in sustainable water management
 4.	Cross-border Project Team as an authentic constituent of the public engaged  in constructive dialogue with the decision makers, aiming to enhance their acceptance for active public involvement in the forthcoming process of creation of the Sava River Basin Management Plan (SRBMP)
 165 water-management stakeholders attended at least one among 10 consultative meetings on the draft Sava River Basin Management Plan and provided their comments to the Project Team, which created and submitted to the Sava Commission the official document of comprehensive Public Comments (43 comments) on the draft Plan, based on comprehensive process-commenting management excel database. Also created and submitted to all decision makers and participating stakeholders was the Positioning Paper on the quality of public participation in Croatia and BiH in the process of creating, by the Sava Commission the first Sava River Basin Management Plan.</t>
   </si>
   <si>
     <t>Sava garden - Regional growth through economic and rural development - ReGERD Pr oject</t>
   </si>
   <si>
     <t>498 782 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project promotes a so called "Business-friendly concept" of local governance by introduction of one-stop shops and other measures implemented by the newly formed municipal teams for economic governance.  In return, this model should create a more responsive local administration, by reducing the time for response to SMEs by 40%. 
 The project has also improved business environment for SMEs through establishment of the Regional Centre for Economic and Rural Development (CERD) with a range of new business services provided to some 80-100 SMEs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strong local partnership established and strengthened, economic governance improved and suitable operational framework for local SMEs developed in the SAVA-GARDEN region.
 - Regional Centre for Economic and Rural Development (CERD) established and strengthened to support business and rural development in the region. 
 - A range of business support services provided to growth-oriented SMEs.
 </t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>