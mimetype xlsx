--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -30,178 +30,178 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FEMRED-Flood Emergency Management and Risk REDuction in Derventa region</t>
   </si>
   <si>
     <t>190 939 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall project objective is to contribute to the implementation of short and medium-term interventions for r ecovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and a dvocacy activities on the need for liable management of water beds, drainage s ystems, lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have develo ped flood prevention and monitoring plans as well as early warning systems 
 - Small independent businesses are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Mental health prevention network</t>
   </si>
   <si>
     <t>43 809 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is set to address the identified lack or low level of mental health prevention services in local communities in the project area, Sisak-Moslavina County in Croatia and North-West BiH.
 Through a set of activities aiming at improving capacities, prevention of substance abuse and establishing cross-border exchanges, the project seeks to contribute to accessibility of mental health prevention services to beneficiaries in mostly rural border area, to whom centralized mental health services are hardly accessible and who are not accustomed to seek help for mental health problems. 
 More specifically, the project plans to contribute to early identification and intervention in protecting and improving mental health of vulnerable categories, such as children, youth, marginalized and socially deprived families and elderly.
 Furthermore, the project envisages cross-border and cross-disciplinary cooperation and exchange of best practices in bringing mental health prevention closer to the beneficiaries.</t>
   </si>
   <si>
     <t xml:space="preserve">1. To improve capacities of providers of mental health prevention services in local communities in the border region. The aim is to build capacities of community-based providers for organizing and carrying out activities in order to promote and prevent mental health as well as for early identification and intervention in area of mental health. Capacity improvement will be based on resources from both sides of the border and on participative approach and open coordination method. Capacities of 10 elementary schools, 3 secondary schools, 10 kindergartens, 10 communal health centres, 8 social welfare centres, 10 police stations and 10 local governments improved for preventive mental health activities
 2. To improve prevention of substance abuse and behavioural problems by youth through development of cross-border joint preventive action protocols. Cross-border cooperation in prevention of substance abuse and behaviour problems in youth is aimed at alleviating the risks implied in border proximity and to foster protective and preventive factors and initiatives. The project will develope cross-border joint preventive action protocols for substance abuse and youth behaviour problems prevention.
 3. To improve cross-border exchange of knowledge, experiences and good practices in mental health prevention and promotion, the project will develop ten mental health prevention plans of activities. A specialized internet forum for mental health prevention providers will be established.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
   <si>
     <t>Youth Community Centres (CeZaM)</t>
   </si>
   <si>
     <t>82 795 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective is to improve quality of life and social cohesion of youth in border area. Specific project objectives are to improve access to community based services for youth in cross-border area of Pounje and to enhance youth activism and participation in the life of local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Established and operating 2 Youth Community Centres and 4 Youth Info Centres in cross-border area of Pounje
 - 150 youth from 6 local communities in the border area improved quality of leisure time, knowledge and skills  by participating in educational, creative, recreational and socialization programs and activities of Youth Community Centres and Youth Info Centres
 - 60 youth from 6 local communities across border improved inter-ethnic and crossborder understanding and cooperation 
 - 25 youth from communities in cross-border area strengthened capacities for youth leadership and community based activism
 - Cross-border network of youth organizations and youth leaders developed bringing together 6 youth organizations and groups and 25 youth leaders
 - 4 new community oriented cross-border projects  developed, led and implemented by Youth network are sub-granted and implemented.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>