--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,231 +30,231 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>By establishing a sustainable model of cooperation and coordination - to a more efficient system of protection and recovery of communities affected by floods</t>
   </si>
   <si>
     <t>214 238 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is improving cooperation and coordination of the authorities, institutions and civil society in the process of building communities resistant to disasters, contributes to reducing the risk and consequences, increases the security of citizens and sustainable development of local communities affected by the floods. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Establishment of sustainable models of cooperation through the development of plans and programs for the creation of community "resistant to flooding";
 - Informing and raising awareness of citizens and children in schools on how to react in crisis situations caused by natural disasters; 
 - Support to the economic recovery of families and private businesses affected by flooding;
 - Support  to recovery of the environment in the municipalities affected by flood through the action of cleaning of canals and planting; 
 - Support to embellishment and furnishing of sectoral health institutions in local communities, re-establishment of their activities and more efficient access to health services.</t>
   </si>
   <si>
     <t>Sustainable flood recovery assistance for Domaljevac-Samac, Samac and Vukosavlje</t>
   </si>
   <si>
     <t>173 453 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Agricultural Biomass Cross-Border Development of Energy in Posavina (ABCDE Posav ina)</t>
   </si>
   <si>
     <t>117 628 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to increase awareness and knowledge about agrobioenergy possibilities in the Posavina region, including Vukovar-Srijem County in Croatia and municipalities Odžak, Domaljevac-Šamac, Orašje, Šamac and Brčko district in Bosnia and Herzegovina. Thus, the overall objective is the promotion of agrobioenergy in rural economies by including utilisation of agricultural biomass for energy purposes in the targeted region. The project focused on local farmers and local authorities as target groups but spills over its effect on high-school pupils, potential investors and overall rural community. The specific objectives were: Analysing agricultural capacity for agrobioenergy in the target area, Empowering local authorities to include agrobioenergy projects in development plans, Involvement of local farmers in agrobioenergy developments, Promotion of bioenergy for sustainable development.
 The project objectives were implemented through knowledge transfer, capacity building and combined know-how on renewable energy sources (RES) and agriculture.</t>
   </si>
   <si>
     <t xml:space="preserve">Target area Agriculture Market Study - printed, presented and distributed on the training;
 GIS database on agricultural biomass of the target area - prepared, presented and distributed on the training;
 Guidelines on development possibilities in agrobioenergy;
 Aware and capable local authorities in creating development via agrobioenergy - 4 trainings/round table discussions, on different topics, for local authorities;
 Joint Action plan with recommendations - printed, presented at the workshop and distributed;
 Educational Booklet on agrobioenergy;
 Local farmers aware of basic knowledge on agrobioenergy - 4 trainings, on different topics, for farmers held;
 Increased knowledge of students from agricultural high schools on agrobioenergy - 4 seminars for high school pupils and teachers held;
 Handbook on agrobioenergy for agricultural high schools - printed and distributed;
 Catalogue on agriculture biomass potentials for investors.</t>
   </si>
   <si>
     <t>IRRI - The Irrigation Project</t>
   </si>
   <si>
     <t>94 039 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The Irrigation Project -IRRI seeks to increase income by reducing the effects of climate variability on agricultural production through the development of irrigation and strengthening strategic approach to irrigation. The project is intended to develop demonstration irrigated fields in two bordering areas – Srijem and Posavina region through investments that are cost effective, environmentally and socially sound, and beneficial to the rural poor. 
 The project will provide resources to assure the delivery of models on improved production systems and technologies and the delivery of agricultural advisory services.</t>
   </si>
   <si>
     <t xml:space="preserve">1) Selected and equipped 17 demonstration plots with irrigation systems,
 2) Developed study report on current practices and legal environment in irrigation management,
 3) Irrigation related skills of selected local farmers and technicians from local companies improved,
 4) Local and regional public project promotion activities undertaken to disseminate the benefits of project activities and ensured public support.</t>
   </si>
   <si>
     <t>Discover Posavina - Development of Joint Tourist Offer of the Posavina Region</t>
   </si>
   <si>
     <t>79 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed at support to revitalization of cross-border economy by stimulating tourism development in Croatia and Bosnia and Herzegovina, development of recognisable joint tourist offer of the Posavina Region and promotion of the regional identity and tourist offer of the Posavina region. Main project activities were: management and visibility, creation of Posavina joint tourist offer
 	Establishment of the Association of Tourist Organisations of the Posavina Region, promotion of Posavina regional identity and joint tourist offer, 	Posavina tourist community web page developent, etc.
 Final beneficiaries were tourist offices in the region, tourists, local communities and citizens.</t>
   </si>
   <si>
     <t xml:space="preserve">Joint tourist offer of the Posavina Region;
 Established Association of Tourist Organisations of the Posavina Region;
 Developed plan and tools for promotion of the regional identity and joint tourist offer of the Posavina region;
 Four thematic capacity building workshops;
 Promo campaign of Posavina regional identity and joint tourist offer.</t>
   </si>
   <si>
     <t>Youth - Most Important Driving Engine of Our Region</t>
   </si>
   <si>
     <t>39 562 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>