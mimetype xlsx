--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,100 +30,100 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Eko Centar Prijepolje-Cajnice</t>
   </si>
   <si>
     <t>41 862 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Main)</t>
   </si>
   <si>
     <t xml:space="preserve">With the aim to strengthen the cross-border connections amongst the young people in the bordering ares of Bosnia and Herzegovina and Serbia, this project sets its spefic objective to enable the exchange  of experience and education on the protection of the biodiversity and living environment. The activities will include the creation of Eco Research Centres and the holding of related camps where youth will be offered training on ways to ensure the preservation of the biodiversity. The project will be promoted through the website and printed material.</t>
   </si>
   <si>
     <t xml:space="preserve">The project resulted in formation of a sustainable research station where young people can explore the area's biodiversity and at the same time establish long-lasting cross-border co-operation. 
 The project established an association “Eko Centar Čajniče” in December 2010 as first environmental non-governmental organisation in Cajnice. This NGO was included in the Entity-level and local community programmes and was registered in the Register of Youth Organisation. A protocol on co-operation was signed between the Eko Centar Cajnice and the association established in Serbia Eko Centar Aljinovici.
 Positive feedback from the local community can be seen from the increasing number of young people interested in becoming members of Eko centres. By the end of the project duration this NGO had 36 members, young people who went through trainings and conducted research which resulted in the guidelines for future activities of the association. 
 The new skills were gained and applied during a 10-day Eco Camp Cajnice training, in the summer of 2011, which gathered 32 young people from primary and secondary schools. The Camp was organised in the premises which were adapted and equipped through the project.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">