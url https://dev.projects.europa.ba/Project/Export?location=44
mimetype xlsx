--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FloodLife Pilot</t>
   </si>
   <si>
     <t>212 797 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>