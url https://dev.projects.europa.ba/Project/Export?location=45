--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,123 +30,123 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FEMRED-Flood Emergency Management and Risk REDuction in Derventa region</t>
   </si>
   <si>
     <t>190 939 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall project objective is to contribute to the implementation of short and medium-term interventions for r ecovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and a dvocacy activities on the need for liable management of water beds, drainage s ystems, lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have develo ped flood prevention and monitoring plans as well as early warning systems 
 - Small independent businesses are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>The right of BiH citizent to healthy environment</t>
   </si>
   <si>
     <t>57 516 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at introducing framework for effective implementation of the provisions of Aarhus Convention in BiH by establishing mechanisms for implementation of this Convention in two piloted municipalities (Derventa and Lukavac) via technical assistance to local administrations to make local waste management plans in consultation with the public and in accordance with citizen needs i.e. principles of the Aarhus Convention and by building capacities of NGOs for participation in environmental-decision making and monitoring of implementation of environmental strategies, laws and action plans.
 The Aarhus Convention represents a peculiar piece of the international environmental legislation which establishes democratic rights of citizens with regard to the environment. The effective implementation of the Aarhus Convention assumes actions at all levels of authority and in all parts of the country. Since its ratification in BiH in summer 2008, more improvements are needed in its implementation. Therefore, it is necessary to foster initiatives for advocacy and lobbying for implementation of the Convention, especially at the local level, to which the project contributed at large extent.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on enhancing mechanisms for implementation of the Aarhus Convention at local level. Two local waste management plans in two municipalities of Derventa and Lukavac are created in accordance with principles of the Aarhus Convention and promotion of the process to foster policy dialogue on implementation of the Aarhus Convention and waste management legislation in BiH is ensured. Also, capacities of selected local NGOs are improved via forms of interactive work (workshops and seminars), education (trainings) and dialogue with stakeholders and citizens. In accordance with provisions of the Convention, web-based environmental databases are open for public access and guidelines for citizen engagement in environmental decision-making were made and institutionalized. Furthermore, citizens' awareness for participation in environmental decision-making and government-NGO dialogue is increased by undertaking series of public awareness campaigns. Thus, the public participation was facilitated in the process of Waste Management Plan making, from early stages and the public was timely informed about all important events in the process. Citizens’ inputs were taken into account and incorporated in the final versions of the Plans. 
 By such actions, we contributed to more responsible environment treatment, better local partnerships in decision making and management of environmental protection mechanisms as well as to better promotion of the country's environmental protection and natural resources.</t>
   </si>
   <si>
     <t>Volunteering for Cross - Border Local Community Development</t>
   </si>
   <si>
     <t>43 720 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The overall objectives of the projects are: 1) to help improve accessibility of community-based services in border area, 2) to contribute to establishment of cross-border networking between local authorities, civil society and social partners and 3) to help enhancing quality of life and social cohesion in border area. The overall objectives were accomplished through set of activities addressing the specific objective which is to contribute to creation of innovative community-based services in border area through establishment of voluntary services and developing policy measures in support of volunteering at local level.</t>
   </si>
   <si>
     <t xml:space="preserve">Established 5 voluntary services in border area of Croatia and Bosnia and Herzegovina - developed effective partnerships between CSOs and social and welfare public institutions and educational facilities providing fertile ground for implementation of different voluntary projects focusing on social vulnerable groups through local voluntary services in Bihać, Derventa, Sisak, Kutina and Petrinja. 
 Established cross-border voluntary network – implemented 2 cross-border voluntary work camps gathering youngsters from targeted communities. Applicants and partners’ organisations developed network among each other and with other community stakeholders that contributed to sustainable planning of future joint activities.  
 Defined local voluntary policies in border area municipalities included in the action – defined 6 local voluntary policies whereof 1 adopted by town council. 
 Improved cross-border joint management, evaluation report and awareness raising tools developed - poster, flayer, voluntary guide and voluntary book.</t>
   </si>
   <si>
     <t>Cross Border Volunteers network for local development</t>
   </si>
   <si>
     <t>38 371 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to help improve quality of life and social cohesion in border area by enhancing accessibility of community-based services, contribute to strengthening of cross-border cooperation at municipal level, to contribute to improving inter-municipal cooperation in border area. Special attention in project implementation was given to creation of innovative community-based services in border area through establishment of 4 local voluntary services and establishment of cross-border network of 9 civil society organisations.
 Final beneficiaries were: marginalised groups and groups at risk of social exclusion and targeted local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Established four voluntary services in border area of Croatia and Bosnia and Herzegovina;
 Strengthened cross-border voluntary network;
 Established sustainable partnerships with 37 social, welfare and educational public institutions and CSOs in targeted communities;
 Established cross-border network of 9 civil society organisations dealing with active citizenship;
 Upgraded cross-border joint management, evaluation report and awareness raising tools developed;
 Cross-border voluntary work camp in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>Centre for lifelong learning</t>
   </si>
   <si>
     <t>220 127 €</t>
   </si>