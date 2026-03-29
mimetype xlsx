--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,171 +30,171 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Economy recovery and establishment of early warning system in flooded municipalities of Doboj region</t>
   </si>
   <si>
     <t>212 988 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is to have 5 targeted municipalities in Doboj region to have in place adequate frameworks and resources needed for appliance of short and mid-term respond and recovery measures to possible natural disasters and to support the most flood-affected families (80) in their re-engage and further develop of agriculture production.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Stakeholders of 5 targeted communities drafted and putted into official adoption procedure adequate early warning system for responding and recovering from floods and other types of natural disasters and the selected most flood-affected families (80) from 5 targeted communities re-engaged and developed its agriculture production.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 648 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the Core network, specifically Corridor Vc.
 The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">The result shall assume completion of the set of documents required for tendering of works on reconstruction of the respective railway section, including:
 - Preliminary design, 
 - Main design, 
 - Related studies and 
 - Works tender dossier for subsections on the whole railway section Srpska Kostajnica - Doboj - Rasputnica Miljacka.</t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to enhance co-operation and cultural exchange through joint activities primarily focused on the local music industry. With the main objective to increase the interaction among musicians and other artists the project will contribute to raising tolerance among multi-ethnic communities in the target area. The project will organise 20 concerts performed jointly by artists from the two countries to stimulate new and revive traditional cross-border connections.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 22 concerts were organised in 11 towns in Bosnia and Herzegovina and 10 in Serbia with plausible local media attention in around 30 media with 4 live streamings. 
 2. People-to-people interaction between the two countries for musicians, partner organisations and audience. 
 3. An orignal music piece "The Drina Cantana - Drino, vodo" containing ethno motives from East Bosnia and Herzegovina and West Serbia was composed and performed in the concerts.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Centre for lifelong learning</t>
   </si>
   <si>
     <t>220 127 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Establishment of mechanism of cooperation between CSOs, working with long-term unemployed and relevant public institutions and strengthening technical, institutional, and educational capacities of employment-vulnerable categories.</t>
   </si>
   <si>
     <t xml:space="preserve">- Centre for life long learning established.
 - Training needs identified.
 - Trainings delivered.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action