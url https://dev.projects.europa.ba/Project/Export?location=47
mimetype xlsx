--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,175 +30,175 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>CfP Cross-border co-operation BiH-MNE</t>
   </si>
   <si>
     <t>136 542 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project's aim was to foster joint sustainable development and to increase the effectiveness of waste management of the cross border area by strengthening capacities of joint institutional networks among private, public and civil society sector. The specific objectives included: a) Establishing waste management cluster as action of the environmental development initiatives in the border areas; b) Raising awareness and educating public, private, civil society sector and citizens on importance of the waste management  and its economic, financial and social aspects; c) Improving joint management and re-establishing cross-border cooperation.</t>
   </si>
   <si>
     <t xml:space="preserve">Established umbrella Cross Border Cooperation Working Group (CBC WG) and maintained an effective dialogue on environmentally friendly social and economic activities;
 Conducted Waste Audit and prepared Waste Audit Document;
 Established two waste management clusters;
 Raised public awareness and educated target groups on sustainable waste management by means of 4 round tables, 2 open days, 12 trainings, 1 final conference, and promotional materials.</t>
   </si>
   <si>
     <t>Establishing the Via Dinarica - a Preface to Regional Cooperation Platform.</t>
   </si>
   <si>
     <t>42 838 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is supporting development of the joint tourism offer under a common regional brand name Via Dinarica through creation and diversification of the tourism products and services in the bordering area of Bosnia and Herzegovina and Montenegro.
 This should be the first in a row of the projects under the joint development platform Via Dinarica that will stimulate the interactions between companies and communities from both sides of the border and should lead to many new initiatives with a potential to be rolled out along the whole Central Dinaric Alps. 
 The specific objective of the project is to facilitate dialogue and cooperation between Montenegrin and BiH stakeholders, resulting in creation of the new tourism offer along the initial Via Dinarica Route. By linking small towns and rural communities in the targeted region, raising awareness on good business practices and environmental issues, while creating and promoting the new tourism offer, as well as creating linkages among stakeholders in the targeted region and local and national authorities in two countries - the project aims to initiate economic development that will use sustainable tourism practices as a tool.</t>
   </si>
   <si>
     <t xml:space="preserve">1. A new cross-border tourism offer that links small towns and rural communities along the initial Via Dinarica Route identified and established. The offer links 38 small towns and rural communities along the initial Via Dinarica Route has been identified and established. With the development of cross-border biking and hiking trails, a common base for further development was set up. The biking trail is 100 km long, while the hiking trail is 212 km long and connect the national parks Durmitor in Montenegro and Sutjeska in Bosnia &amp; Herzegovina. Both trails are established during the project and their maintenance is ensured after the project life cycle.
 2. The linkages were created and experience exchanged among the stakeholders in the targeted region, improved knowledge and service providers' standards and raised awareness on environmental issues within communities were managed. In order to set a common base for further development, capacity building programmes were conducted and consisted of 4 different trainings which were attended by 34 participants from Montenegro and 21 from Bosnia and Herzegovina out of which 52 participants successfully finished training workshops.
 3. The new tourism offer was promoted, thus strengthening visibility of the region. Significant attention was also paid to identification and promotion of tourism service providers along the biking and hiking trails. It offers 63 service providers from 30 local communities in Montenegro and 43 service providers from 8 local communities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>Give me a chance</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is to contribute to equality and protection of the rights of persons with intellectual disabilities for the participation in cultural life, recreation, leisure and sport in accordance with UN Convention on the Rights of Persons with Disabilities. 
 Specific objective is to enhance social inclusion and participation of persons with intellectual disabilities from Montenegro and Bosnia and Herzegovina trough mainstreaming sporting activities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and networking of organisations and institutions aiming to work on enhancing social inclusion of persons with intellectual disabilities trough sport activities. 
 - Improved level of mobility, participation and inclusion of persons with intellectual disabilities in cultural and sport life on national and regional level. 
 - Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>