--- v0 (2025-12-16)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>BEAR in Mind: Bringing environmental actions for the biodiversity protection acr oss the borders</t>
   </si>
   <si>
     <t>369 144 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to decreasing biodiversity threats within protected areas in the cross border territory of Bosnia and Herzegovina and Montenegro. The efforts will focus on increasing the capacities of nature protection institutions and organizations to reduce biodiversity threats, development and pilot implementation of species management plans in line with EU Directives. 
 These efforts will be supported by awareness raising campaign, aiming local population, on the benefits of higher environmental protection standards implementation</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Increased capacities of nature protection institutions and organizations to reduce biodiversity threats,
 - Developed and launched pilot implementation of species management plans in line with EU Directives,
 - Awareness raised of local and national population on benefits of higher environmental protection standards implementation.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
@@ -108,76 +108,76 @@
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the SEETO  Comprehensive Network.
 The purpose of the project is increase of mobility and fostering of the regional cooperation and economic development of BiH.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Completion of the set of documents to enable tendering of works for the betterment/reconstruction/construction on the points of intervention on the SEETO route 2b, laid along the main road E762 (M18) from Sarajevo to Foča (Brod na Drini), to include, but not necessarily be limited to: 
 a) reviewed compliance of the conceptual design with the relevant legislation and spatial plans of the RS and FBiH, 
 b) optimised alignment laid down in the phase of the conceptual design, including introduction of connections to the adjacent roads and relocation of colliding road sections, 
 c) prepared preliminary design for betterment based on the conceptual design, 
 d) prepared extract of documents for obtaining of the spatial conditions and ultimately the spatial conformity for betterment interventions, 
 e) prepared feasibility study, 
 f) prepared environment impact assessment, 
 g) prepared road safety audit report, 
 h) prepared main design for the construction of betterment interventions, including interchanges, connections to the adjacent roads and relocation of colliding road sections, 
 i) revised main design by the consultant(s) authorized for revision under the Laws of RS and FBiH, respectively, 
 j) prepared tender dossier for construction of the respective betterment interventions, including interchanges, connections to the adjacent roads, and relocation of colliding road sections.</t>
   </si>
   <si>
     <t>Establishing the Via Dinarica - a Preface to Regional Cooperation Platform.</t>
   </si>
   <si>
     <t>42 838 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is supporting development of the joint tourism offer under a common regional brand name Via Dinarica through creation and diversification of the tourism products and services in the bordering area of Bosnia and Herzegovina and Montenegro.
 This should be the first in a row of the projects under the joint development platform Via Dinarica that will stimulate the interactions between companies and communities from both sides of the border and should lead to many new initiatives with a potential to be rolled out along the whole Central Dinaric Alps. 
 The specific objective of the project is to facilitate dialogue and cooperation between Montenegrin and BiH stakeholders, resulting in creation of the new tourism offer along the initial Via Dinarica Route. By linking small towns and rural communities in the targeted region, raising awareness on good business practices and environmental issues, while creating and promoting the new tourism offer, as well as creating linkages among stakeholders in the targeted region and local and national authorities in two countries - the project aims to initiate economic development that will use sustainable tourism practices as a tool.</t>
   </si>
   <si>
     <t xml:space="preserve">1. A new cross-border tourism offer that links small towns and rural communities along the initial Via Dinarica Route identified and established. The offer links 38 small towns and rural communities along the initial Via Dinarica Route has been identified and established. With the development of cross-border biking and hiking trails, a common base for further development was set up. The biking trail is 100 km long, while the hiking trail is 212 km long and connect the national parks Durmitor in Montenegro and Sutjeska in Bosnia &amp; Herzegovina. Both trails are established during the project and their maintenance is ensured after the project life cycle.
 2. The linkages were created and experience exchanged among the stakeholders in the targeted region, improved knowledge and service providers' standards and raised awareness on environmental issues within communities were managed. In order to set a common base for further development, capacity building programmes were conducted and consisted of 4 different trainings which were attended by 34 participants from Montenegro and 21 from Bosnia and Herzegovina out of which 52 participants successfully finished training workshops.
 3. The new tourism offer was promoted, thus strengthening visibility of the region. Significant attention was also paid to identification and promotion of tourism service providers along the biking and hiking trails. It offers 63 service providers from 30 local communities in Montenegro and 43 service providers from 8 local communities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>