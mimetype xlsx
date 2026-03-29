--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,85 +30,85 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Emergency Response - NOW (ERNOW)</t>
   </si>
   <si>
     <t>483 429 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Main); Civil society (Significant)</t>
   </si>
   <si>
     <t>This project aimed to improve skills and procedures of protection and rescue operational forces (PR OF) and harmonized actions of emergency and crisis management bodies in the cross-border region (CBR) during and after natural dis asters in all their varieties (biological, geological, fire …), but with the foc us on the action operationalisation on flood threats. It also worked on raising awareness of local population about actions and responses in case of flooding within the CBR.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved actions of managerial bodies responsible for protection and rescue on both sides of the CBR 
 - Raised capacities and improved resources of units for civil protection and rescue for responding in flood related crisis situa tions 
 - Ensured action promotion and education of local population via conducted promotional activities 
 - Established effective infrastructure for environmental protection and risk management and joint action team.</t>
   </si>
   <si>
     <t>0 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t>Supervision of works for reconstruction of the: Component 1 - Sava defence emban kmentin the Brcko District area (BiH); Sections II, III, IV and V and Component 2 - Regulation of the Janja Riverbed in Ugljevik, Republika Srpska (BiH)</t>
   </si>
   <si>
     <t>146 415 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The purpose if this project is supervision of works for reconstruction of the: 
 Component 1 - Sava defence embankment in the Brcko District area (BiH); Sections II, III, IV and V and
 Component 2 - Regulation of the Janja Riverbed in Ugljevik, Republika Srpska (BiH)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will secure quality implementation of the reconstruction works, which will result in:
 - Improved flood protection infrastructure in the following sections:
 a) Section II  chainage: 2+878,03 – 3+014,04 and 3+215,19 – 4+646,13 (total length of reconstruction L=1566,95m)
 b) Section III  chainage: 4+646,13 – 6+138,33 (total length of reconstruction L=1492,20m)
 c) Section IV chainage: 6+138,33 – 7+328,54 and 7+879,95 – 8+129,16 (total length of reconstruction L=1439,42m)
 d) Section V chainage: 8+129,16 – 9+660,22 (total length of reconstruction L=1531,06m)
 - In overall total length of 6.029,63 m.</t>
   </si>
   <si>
     <t>Reconstruction of the Sava defence embankment in the Brcko District area (BiH); Sections II, III, IV and V</t>
   </si>
   <si>
@@ -122,94 +122,94 @@
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to improve the flood protection infrastructure of the Sava defence embankment in the Brcko District area (BiH) and to reconstruct Sections II, III, IV and V. 
 The Central Posavina area is protected from high water levels of the Sava River by the embankment constructed between Krepsic and Bosanski Samac.  Construction of this embankment necessitated the “divisioning” of the area protected from the high waters of the Sava River. 
 The divisions cover areas from which water cannot be drained by gravitation during maximum water flow. The area belonging to Brcko District in Bosnia and Herzegovina, from chainage km. 0+000,00 to chainage km. 9+650,00 and the evacuation of inland and mountain floodwater during high water levels of the Sava river is achieved by using the reconstructed Djurici pumping station facility in Vucilovac. 
 The design documentation addressed the stretch of the embankment in Brcko District in Bosnia and Herzegovina over a total length of L=8.282, 19 m. Since landslides were registered only on section I during the development of the Main design (at chainage km. 0+311,07 and chainage km. 0+362,92) a proposal was made to start with the reconstruction from the starting chainage toward the end chainage. 
 Beneficiary (Brcko District) completed works on the reconstruction on section I (chainage km. 0+000,00 to chainage km. 1+500,00), and a part of section II (ch. Km. 3+014,07 to ch. Km. 3+215,19) as well as works on the reconstruction of a part of section IV (ch. K. 7+328,54 to ch. Km 7+879,95) of the Sava protective embankment in Brcko District. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood protection infrastructure in the following sections:
 a) Section II  chainage: 2+878,03 – 3+014,04 and 3+215,19 – 4+646,13 (total length of reconstruction L=1566,95m)
 b) Section III  chainage: 4+646,13 – 6+138,33 (total length of reconstruction L=1492,20m)
 c) Section IV chainage: 6+138,33 – 7+328,54 and 7+879,95 – 8+129,16 (total length of reconstruction L=1439,42m)
 d) Section V chainage: 8+129,16 – 9+660,22 (total length of reconstruction L=1531,06m)
 - In overall total length of 6.029,63 m.
 </t>
   </si>
   <si>
     <t>Regulation of Brka River in urban area of Brcko District of BiH - Phase I</t>
   </si>
   <si>
     <t>1 133 432 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">Purpose of this porjetc is regulation of the Brka River, through the urban part of the city of Brčko, as an essential measure to improve flood protection of Brčko urban area. The Department for Agriculture, Forestry and Water Management of Brcko D. provided Detailed Design for the Phase 1 of the Brka River regulation.
 The subject of the works were the following sections:
  From P13 - Chainage 1+437.69 (end of the existing regulation section) 
  To      P32 - Chainage 2+148.21 (M3 Bridge - bridge at the beginning of Muse Cazima Catica Street), 
 The length the Brka River regulation was L= 710,52 m. The channeled Brka River alignment is shortening the route of the natural riverbed, avoiding the large and deep meanders that are designed to be filled to suit the surrounding ground levels, using the selected excavated soil and drain materials. The upstream transition section is adjustment of the regulated cross section to the bridge structure and flow profile. Designed transverse concrete stabilisation sill provides riverbed and bridge structure stability.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood protection infrastructure of the Brka River in the length L=710,52 m.</t>
   </si>
   <si>
     <t>Supervision of works for: Component 1: Regulation of Brka River in the urban are a of Brcko District, BiH - Phase I, Component 2: Regulation of Janja riverbend i n Janja, including protection of the mountain and inland water of Novo naselje J anja, R</t>
   </si>
   <si>
     <t>199 900 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The purpose if this project is supervision of works for: 
 Component 1: Regulation of Brka River in the urban area of Brcko District, BiH - Phase I, and 
 Component 2: Regulation of Janja riverbed in Janja, including protection of the mountain and inland water of Novo naselje Janja, RS</t>
   </si>
   <si>
     <t>Support to the Civil Protection Mechanism - Lot 8: Specialised communication and surveillance equipment</t>
   </si>
   <si>
     <t>58 736 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is to purchase (supply) of civil protection equipment, in order to strengthen capacities of Civil Protection Agencies in Bosnia and Herzegovina for prevention, preparedness and disaster response.</t>
   </si>
   <si>
     <t>Implementation of this project resulted in:Implementation of this project will result in:- Multi-lot procurement to purchase specialised civil protection equipment, including rescue tools, transport and monitoring means to be used by the civil protection agencies in BiH.</t>
   </si>
   <si>
     <t>Support to the Civil Protection Mechanism - Lots 2,5,6, 9: Truck trailers, Vans, Rescue tools for Urban Search and Rescue (USAR) teams and Aircrafts</t>
   </si>
   <si>
     <t>327 971 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
@@ -251,88 +251,88 @@
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Better understanding of EU integration process by BiH citizens, especially youngsters in local communities but also by representatives of local governments</t>
   </si>
   <si>
     <t>EU image improved; awarness in LC raized</t>
   </si>
   <si>
     <t>''Pro EU” (“Za EU”) in Republika Srpska and Brcko District</t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to enhance co-operation and cultural exchange through joint activities primarily focused on the local music industry. With the main objective to increase the interaction among musicians and other artists the project will contribute to raising tolerance among multi-ethnic communities in the target area. The project will organise 20 concerts performed jointly by artists from the two countries to stimulate new and revive traditional cross-border connections.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 22 concerts were organised in 11 towns in Bosnia and Herzegovina and 10 in Serbia with plausible local media attention in around 30 media with 4 live streamings. 
 2. People-to-people interaction between the two countries for musicians, partner organisations and audience. 
 3. An orignal music piece "The Drina Cantana - Drino, vodo" containing ethno motives from East Bosnia and Herzegovina and West Serbia was composed and performed in the concerts.</t>
   </si>
   <si>
     <t>'''Balkan - House of diversity'''' CfP CBC BIH/Serbia</t>
   </si>
   <si>
     <t>52 122 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims at contributing to the development of social cohesion in the project intervention areas in Bosnia and Herzegovina and Serbia by the promotion of ethnic and cultural diversity.
 The project is designed to increase understanding of the youth and citizens in 6 towns in Bosnia and Herzegovina and Serbia about the multiethnic and multicultural identity of these two countries as a potential for their development.</t>
   </si>
   <si>
     <t xml:space="preserve">1. The project has trained 90 young people and 12 local mentors for the promotion of interculturalism and interethnicity. Their joint efforts and new skills resulted in an innovative tourist guidebook for the 6 towns which have in their focus  the cultural heritage.  Around 6,000 citizens were familiarised with cultural and ethnic diversity during tourist tour. 
 2.  The Project organised the annual Halfway Festival - regional gathering of writers. Around 1550 young people attended lectures in the field of literature during the festival; 850 citizens attended literary evenings at the regional festival. Around 4,000 citizens were informed about cultural and ethnic diversity of the region through produced materials, public events and media reports during the festival.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Moving towards successful public participation in the Sava river basin water man agement</t>
   </si>
   <si>
     <t>201 377 €</t>
   </si>
   <si>
@@ -360,51 +360,51 @@
     <t>117 628 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to increase awareness and knowledge about agrobioenergy possibilities in the Posavina region, including Vukovar-Srijem County in Croatia and municipalities Odžak, Domaljevac-Šamac, Orašje, Šamac and Brčko district in Bosnia and Herzegovina. Thus, the overall objective is the promotion of agrobioenergy in rural economies by including utilisation of agricultural biomass for energy purposes in the targeted region. The project focused on local farmers and local authorities as target groups but spills over its effect on high-school pupils, potential investors and overall rural community. The specific objectives were: Analysing agricultural capacity for agrobioenergy in the target area, Empowering local authorities to include agrobioenergy projects in development plans, Involvement of local farmers in agrobioenergy developments, Promotion of bioenergy for sustainable development.
 The project objectives were implemented through knowledge transfer, capacity building and combined know-how on renewable energy sources (RES) and agriculture.</t>
   </si>
   <si>
     <t xml:space="preserve">Target area Agriculture Market Study - printed, presented and distributed on the training;
 GIS database on agricultural biomass of the target area - prepared, presented and distributed on the training;
 Guidelines on development possibilities in agrobioenergy;
 Aware and capable local authorities in creating development via agrobioenergy - 4 trainings/round table discussions, on different topics, for local authorities;
 Joint Action plan with recommendations - printed, presented at the workshop and distributed;
 Educational Booklet on agrobioenergy;
 Local farmers aware of basic knowledge on agrobioenergy - 4 trainings, on different topics, for farmers held;
 Increased knowledge of students from agricultural high schools on agrobioenergy - 4 seminars for high school pupils and teachers held;
 Handbook on agrobioenergy for agricultural high schools - printed and distributed;
 Catalogue on agriculture biomass potentials for investors.</t>
   </si>
   <si>
     <t>Discover Posavina - Development of Joint Tourist Offer of the Posavina Region</t>
   </si>
   <si>
     <t>79 607 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed at support to revitalization of cross-border economy by stimulating tourism development in Croatia and Bosnia and Herzegovina, development of recognisable joint tourist offer of the Posavina Region and promotion of the regional identity and tourist offer of the Posavina region. Main project activities were: management and visibility, creation of Posavina joint tourist offer
 	Establishment of the Association of Tourist Organisations of the Posavina Region, promotion of Posavina regional identity and joint tourist offer, 	Posavina tourist community web page developent, etc.
 Final beneficiaries were tourist offices in the region, tourists, local communities and citizens.</t>
   </si>
   <si>
     <t xml:space="preserve">Joint tourist offer of the Posavina Region;
 Established Association of Tourist Organisations of the Posavina Region;
 Developed plan and tools for promotion of the regional identity and joint tourist offer of the Posavina region;
 Four thematic capacity building workshops;
 Promo campaign of Posavina regional identity and joint tourist offer.</t>
   </si>
   <si>
     <t>Educating civil society and government institutions in Brcko District, BiH to fi ght against corruption</t>
   </si>
   <si>
     <t>80 962 €</t>
   </si>
@@ -430,73 +430,73 @@
   <si>
     <t>205 631 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective: To contribute to the democratic stabilization and further development in Bosnia and Herzegovina through encouragment of civil education and cooperation with governmental institutions in order to reduce the number of unemployed people in Brcko District
 Specific objectives: Establish a Business Resource Center Network of NGOs in Brcko District, Gracanica and Bijeljina which will be beneficial to all citizens with special emphasis on youth of Brcko District and mentioned municipalities.</t>
   </si>
   <si>
     <t xml:space="preserve">Business resource center established;
  Public awareness raised in Brcko, Bijeljina and Gracanica on available jobs, where to obtain relevant education for the available jobs in the market; the possibility of retraining, etc.; 
 Fair of secondary schools and colleges organised.</t>
   </si>
   <si>
     <t>Youth - Most Important Driving Engine of Our Region</t>
   </si>
   <si>
     <t>39 562 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>