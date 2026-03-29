--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,182 +30,182 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FEMRED-Flood Emergency Management and Risk REDuction in Derventa region</t>
   </si>
   <si>
     <t>190 939 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall project objective is to contribute to the implementation of short and medium-term interventions for r ecovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and a dvocacy activities on the need for liable management of water beds, drainage s ystems, lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have develo ped flood prevention and monitoring plans as well as early warning systems 
 - Small independent businesses are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Cross Border Volunteers network for local development</t>
   </si>
   <si>
     <t>38 371 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to help improve quality of life and social cohesion in border area by enhancing accessibility of community-based services, contribute to strengthening of cross-border cooperation at municipal level, to contribute to improving inter-municipal cooperation in border area. Special attention in project implementation was given to creation of innovative community-based services in border area through establishment of 4 local voluntary services and establishment of cross-border network of 9 civil society organisations.
 Final beneficiaries were: marginalised groups and groups at risk of social exclusion and targeted local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Established four voluntary services in border area of Croatia and Bosnia and Herzegovina;
 Strengthened cross-border voluntary network;
 Established sustainable partnerships with 37 social, welfare and educational public institutions and CSOs in targeted communities;
 Established cross-border network of 9 civil society organisations dealing with active citizenship;
 Upgraded cross-border joint management, evaluation report and awareness raising tools developed;
 Cross-border voluntary work camp in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
   <si>
     <t>Sava garden - Regional growth through economic and rural development - ReGERD Pr oject</t>
   </si>
   <si>
     <t>498 782 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project promotes a so called "Business-friendly concept" of local governance by introduction of one-stop shops and other measures implemented by the newly formed municipal teams for economic governance.  In return, this model should create a more responsive local administration, by reducing the time for response to SMEs by 40%. 
 The project has also improved business environment for SMEs through establishment of the Regional Centre for Economic and Rural Development (CERD) with a range of new business services provided to some 80-100 SMEs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strong local partnership established and strengthened, economic governance improved and suitable operational framework for local SMEs developed in the SAVA-GARDEN region.
 - Regional Centre for Economic and Rural Development (CERD) established and strengthened to support business and rural development in the region. 
 - A range of business support services provided to growth-oriented SMEs.
 </t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>