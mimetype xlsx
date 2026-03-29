--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,125 +30,125 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Improving flooding prevention system in municipalities Bijeljina, Lopare, Sekovi ci, Sapna and Teocak</t>
   </si>
   <si>
     <t>199 411 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>