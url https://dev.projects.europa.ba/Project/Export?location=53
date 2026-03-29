--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,173 +30,173 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
   </si>
   <si>
     <t>205 679 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project worked to expand the coastal tourist offer into the cross border area of inland and island territories surrounding Dubrovnik and Mostar. In this effort, the project increased the exchanges and cooperation between Croatian and BiH tourist operators. 
 The project resulted in establishment of the Blue section of the Via Dinarica Trail and thus enhanced innovative community-based services and the valorisation of the natural resources in Popovo polje and Elafiti islands.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Capacity and skills of tourist operators in the cross border region increased in identifying, developing and managing tourist potential of inland territories and islands; 
 - Jointly developed and promoted innovative tourism cross border offers in Popovo polje and Elafiti islands.
 </t>
   </si>
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>AgriBusiness - Agriculture Heritage Capitalisation in Dubrovnik-Herzegovina Cros s-Border Region</t>
   </si>
   <si>
     <t>171 526 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective is strengthening the cross-border rural economic development and competitiveness of typical regional agriculture production sector. 
 Specific objectives are:
 - Capitalization of agriculture heritage in Dubrovnik-Herzegovina cross-border area; 
 - Stimulating access to regional and EU markets for local agriculture producers.
 Target groups:
 - Farms and SMEs in agriculture sector; 
 - Institutions and NGOs dealing with rural development; 
 - Agricultural associations &amp; cooperatives;
 - Retailers.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Structured framework for agriculture sector support in cross-border area
 - Increased capacities and competitiveness of agriculture sector in Dubrovnik-Herzegovina area
 - Established sales channels to regional and EU markets
 - Successfully promoted Agriculture Heritage production and the EU perceived as a donor</t>
   </si>