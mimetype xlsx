--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,159 +30,159 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Economy recovery and establishment of early warning system in flooded municipalities of Doboj region</t>
   </si>
   <si>
     <t>212 988 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is to have 5 targeted municipalities in Doboj region to have in place adequate frameworks and resources needed for appliance of short and mid-term respond and recovery measures to possible natural disasters and to support the most flood-affected families (80) in their re-engage and further develop of agriculture production.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Stakeholders of 5 targeted communities drafted and putted into official adoption procedure adequate early warning system for responding and recovering from floods and other types of natural disasters and the selected most flood-affected families (80) from 5 targeted communities re-engaged and developed its agriculture production.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>'''Selective Waste Collection'''' CfP CBC BIH/Serbia Application 18</t>
   </si>
   <si>
     <t>100 242 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project's general goal was improvement of enviromental protection and efficiency of resource use in the territory of the municipalities of Ub and Modrica. Focus in project implementation was given to minimising the negative impact of waste on the environment, procurement of bins and dumpsters for selective waste collection and composters, prevention of people and animal health deterioration, improving waste management system, developing people’s environmental awareness and culture through cross-border cooperation and different actions, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Equipment for household waste (bins, dumpsters, composters, etc.) for the municipality of Modrica;
 Citizens educated on necessity of recycling and environmental protection; 
 Employees trained on recycling.</t>
   </si>
   <si>
     <t>Joint Effort for Innovative Enviorment</t>
   </si>
   <si>
     <t>82 885 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Having recognised the that level of innovative environment for the SMEs in BiH and Croatia falls behind the standards in the EU, the project focuses on boosting innovative environment and competitiveness of SMEs as well as capacity building of the development agencies.</t>
   </si>
   <si>
     <t xml:space="preserve">Posavina (BiH) and the Vukovar Srijem County (Croatia) were established as innovative environments. The methodology for examining innovativeness of SMEs and institutions was developed and applied in both areas. 
 Based on the methodology and research of innovativeness, most  recommendations  were  implemented. These efforts, along with targeted training and advisory guidance resulted in improvement of competitiveness of SMEs in the Posavina and the Vukovar-Srijem County. 
 The co-operation among SMEs was improved  thanks to recognition of SMEs with cross-border potential, presentations of these potentials and B2B meetings held. 
 Agencies that should support SME development increased their capacity through work in working groups with trainers (15 meetings of the working groups held, 50 days of technical assistance provided) and creation of 10 plans for development of business support infrastructure including cross border co-operation projects. Along with these activities, 3 new services for SMEs were introduced and 20 employees from development institutions completed 6 different trainings.
 Ultimately, the conditions for long-term development and co-operation are in place, which is demonstrated also through official agreements on co-operation.</t>
   </si>
   <si>
     <t>Development of Typical Products in North East Bosnia and Zlatibor County in Serb ia</t>
   </si>
   <si>
     <t>85 640 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t>Overall objective of the Project was protection of typical products in the target region in line with EU standards and their wide commercialisation. The Project focused on the products typical for this cross-border area and contributed significantly to the valorisation process, increasing awareness of their values and promotion in the targeted area, but on the wider territory as well.</t>
   </si>
   <si>
     <t xml:space="preserve">Mapping of typical products and key stakeholders;
 Anaysis "State and perspectives of typical products in North East Bosnia and Zlatiborski County";
 Capacities of the institutions working on protection and development of typical products and typical products producers improved.</t>
   </si>
   <si>
     <t>Multimedia in schools-our connection with the world</t>
   </si>
   <si>
     <t>26 365 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aims at improving educational process in the school in Modrica (BiH) and Ub (Serbia) through application of multimedia teaching aids and exchange of best practices. Capacity building for 20 teachers to use IT tools in education process will be provided through training and cross-border exchanges. To complement the skills enhancement, the project will provide multimedia equipment to be used in IT and language teaching in the two schools.</t>
   </si>
   <si>
     <t>9 schools (in Serbia and Bosnia and Herzegovina) were equipped with IT equipment, literature and educational software; 20 teachers of IT and foreign languages received training in the use of multimedia in classes; 80 classes on IT and foreign languages were organised using the multimedia in class; 5 public classes and 2 classes among students were held via video-conference; improved the average grade of students in IT and foreign language classes.</t>
   </si>
   <si>
     <t>Green oasis - increasing competitiveness of SMEs in agriculture production in cr oss border area of Posavina</t>
   </si>
   <si>
     <t>230 780 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
@@ -202,51 +202,51 @@
   </si>
   <si>
     <t>220 127 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Establishment of mechanism of cooperation between CSOs, working with long-term unemployed and relevant public institutions and strengthening technical, institutional, and educational capacities of employment-vulnerable categories.</t>
   </si>
   <si>
     <t xml:space="preserve">- Centre for life long learning established.
 - Training needs identified.
 - Trainings delivered.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>