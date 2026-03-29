--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,151 +30,151 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FloodLife Pilot</t>
   </si>
   <si>
     <t>212 797 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Bicycle for Tourism without Frontiers - BIKE 4 TWF</t>
   </si>
   <si>
     <t>110 856 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">In order to contribute to integration and revitalization of the cross border region, this project aims at intensifying the connections between the two areas and enhancing their co-operation in the field of selective tourism based on the existing resources on both sides of the border.  In order to make a step forward in revitalizing cross-border cooperation and start creating common regional identity, the project will focus on intensifying the dialogue between different stakeholders across the border, enhancing their cooperation and transfer of knowledge and information.
 Ultimately, the project plans to increase the competitiveness of the local tourism in both regions by improving the quality of the existing resources and intensifying its promotion using innovative marketing techniques.</t>
   </si>
   <si>
     <t xml:space="preserve">The project contributed to the increased tourist capacities of the Kozara National Park (BiH) and the Lonjsko Polje Nature Park (Croatia), the two focal areas of the activities, particularly in terms of bicycle tourism. Apart from the reconstruction and signalisation on the cycling routes, the two Parks’ capacities were advanced with cycling and tourist infrastructure - eight (8) equipped resting spots, three (3) refurbished water wells, two (2) Rent-a-bike Stations with two (2) trailers for transport of 20 bikes, 30 bikes and two (2) internet kiosk devices. 
 The equipment and facilities have improved the tourist offer of the Parks, by linking the cycling routes in BiH and Croatia into a single tourist offer.  To ensure sustainable management of the new offer, the project has devised and implemented a series of targeted workshops and a study visit to increase capacities of the local tourist agencies and other stakeholder institutions/organization directly or indirectly involved in tourism policy making. To support the marketing of the new tourist offer, the project has undertaken a series of promotional activities, including installation of internet kiosk info points, project web site, tourist map and cycling guide, while these efforts culminated in a promotional demo tour organised for media representatives. Officially reported data in the two Parks recorded an increase of the number of visitors for more than 10%.  It is worth mentioning that the project has developed a specific methodology/pattern for development of bicycle routes in both cross border regions, which could be replicated to other locations and communities.</t>
   </si>
   <si>
     <t>Community Centre</t>
   </si>
   <si>
     <t>39 621 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">“Community centre” will support activities for citizens and capacity building of the civil society organisations and their members in order to more intensively and actively participate and contribute to the development of the community.
 Civil society organisations in Bosnia and Herzegovina and Croatia play a significant role in reducing social exclusion. However, these civil society organizations in the enlargement process are usually confronted with similar problems, among which are certainly a lack of funding, particularly from local sources, the need for greater professionalisation of the civil society sector, their technical knowledge/expertise, active involvement in decisions on legislation and decision-making processes, and a lack of cooperation with public authorities, but also among the CSOs.
 The project will implement a set of activities which will lead to networking and capacity building of civil society in the targeted areas, and inform citizens in order to increase their awareness, promote human rights of fragile and socially excluded citizens, their needs and specific roles within the target communities, and significantly improve communication, cooperation and active engagement among the CSOs in the border area and their members.</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Increased accessibility to education and other services for socially vulnerable citizens 
 The project has increased accessibility to education and other services for socially vulnerable citizens by introducing 9 new services were introduced in the Community Centres. Socially vulnerable citizens developed their skills and improved access to community based services. 1333 unemployed or at risk of social exclusion were included in the project activities. 34 members of the job seeking clubs found employment after the set of educations and other assistance received in the Community Centres. 
 2. Increased visibility of the civil society sector and 3. Strengthened role of civil society organisations (CSOs) in the bordering region 
 Through workshops for members of the community centre the project restore confidence and skills. They also became aware that their participation in decision making processes in local level could improve conditions in their local communities. Through voluntary actions the final beneficiaries started to actively contribute to development of volunteering, leadership and citizen activism.  Community Centres have become reputable as a place where citizens are welcome, assisted and engaged in working together to develop services in their communities.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>