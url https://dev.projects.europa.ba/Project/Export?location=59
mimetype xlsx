--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Improving Water Supply Management in Urban and Rural Areas of Kolasin and Rogati ca municipalities</t>
   </si>
   <si>
     <t>486 390 €</t>
   </si>
   <si>
     <t/>
@@ -141,51 +141,51 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI MSME development in G orazde, Rogatica, and Foca under Lot 1</t>
   </si>
   <si>
     <t>395 053 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generation of economic growth and employment through targeted assistance to 196 MSMEs in competitive sectors in BiH, namely, dairy and fruit, berries and vegetable production by  PROVIDING business advisory services, grant assets, quality standard certification (GLOBALGAP and organic farming), business matchmaking and better market access and positioning.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing standards and quality control as well as on improving market positioning. We provided business trainings for 196 producers and by that, improved their knowledge to run their businesses. The European Union supported 129 fruits and vegetables producers (approx. 516 family members) through marketing trainings, standardisation, and production planning, with increase in production and sales of their products (vegetables, fruits and berries producers) by at least 40%. We also provided 67 dairy farmers (approximately 268 family members) with basic standardisation training and marketing chain courses, making them skilled for sale improvement with proper marketing and quality standards. We ensured that 196 MSMEs received equipment, material etc. to increase production capacities. At least 2 sustainable business networks are established with business support organizations and 80% of the entrepreneurs benefit from it. At least 90% of the supported entrepreneurs started their certification process for increase of quality products.
 Overall, the project provided for the economic empowerment of small scale businesses through provision of four main preconditions for a sustainable development: practical and theoretical trainings, equipment and material support, networking and certification. 
 The proposed intervention substantially contributed to improving the quality of life in the target local communities with wider effects by decreasing the dependence on the social system and decreasing unemployment.</t>
   </si>
   <si>
     <t>'''Buidling capacities for EU Leader type of operations in Serbia and BIH cross -border cooperation"</t>
   </si>
   <si>
     <t>43 584 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
@@ -211,51 +211,51 @@
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The main goal of the project was the improvement of social cohesion between Montenegro and Bosnia and Herzegovina youth through people-to-people actions, and encouraging Montenegro and Bosnia and Herzegovina youth from the border regions to get involved in joint initiatives, which promoted cooperation between these groups and provided benefits for the cross border region.</t>
   </si>
   <si>
     <t xml:space="preserve">Memos of Understanding;
 	Students’ unions formed and the existing ones strengthened high schools from the border regions;
 Web-based communication channel established to facilitate the communication between representatives of Bosnian and Montenegrin students’ unions;
 Training sessions for students’ unions on issues concerning the border region and on writing and managing projects;
 Determination of students’ unions projects (10 projects in total);
 Research conducted on students' participation and the function of Student Unions at the beginning of the project;
 Follow-up research conducted on students' participation and the function of student unions at the end of the project.</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>