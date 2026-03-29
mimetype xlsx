--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,164 +30,164 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Persons with disabilities - Leaders in beekeeping (self-employment of persons wi th disabilities)</t>
   </si>
   <si>
     <t>167 708 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aims to increase employability of persons with disabilities in project area by provision of training and equipment for beekeeping.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acquired a wealth of knowledge and skills in beekeeping
 - Provided starter equipment and supplies for establishing a business initiat ive in beekeeping sector
 - Marketing of new socially responsible products
 - Networking among honey producers in cross-border areas and joint placement of products in the market</t>
   </si>
   <si>
     <t>37 756 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acquired a wealth of knowledge and skills in beekeeping
 - Provided starter equipment and supplies for establishing a business initi ative in beekeeping sector
 - Marketing of new socially responsible products
 - Networking among honey producers in cross-border areas and joint place ment of products in the market</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>'''Environmental Binocular'''' CfP Cross-border co-operation Bosnia and Herzego vina and Serbia (application 30)</t>
   </si>
   <si>
     <t>105 437 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The neighbouring municipalities Rudo (BiH) and Priboj (Serbia) identified in their strategic development plans a common goal to improve the environmental protection.  This project enhances their co-operation in addressing the priorities in this sector for the benefit of citizens. 
 The main objective of the project is to establish the system of solid communal waste disposal and collection in the border areas of Priboj and Rudo municipalities through building capacities of communal services institutions, and increased citizens’ participation in solving environmental protection problems. The first step towards achieving this goal is to define a model for providing improved communal services and increase technical capacities. This is followed by the establishment and equipping of the environmental Call Centres in both municipalities and the training of employees for their effective management. In parallel, both municipalities raise awareness among the local population on environmental protection and conduct polls and surveys on the quality and accessibility of communal services.</t>
   </si>
   <si>
     <t xml:space="preserve">1.Model for providing the utility services in the border area Priboj-Rudo defined. The two municipalities signed a Memorandum on Co-operation, which was the basis for conclusion of two contracts between the utility companies which ensure uninterrupted collection and disposal of waste in the border area.  
 2. Technical capacity of the institutions responsible for the utility services increased. Two waste disposal lorries and 60 containers were provided. 
 3. Call-centers in the municipalities of Priboj and Rudo were established and ten staff trained. The equipment was procured and installed in the Call-centers: five computers are networked, two software systems were provided. The centres became operational in February 2011 with 24/7 attendance and by the end of project duration in March 2012 they received over 200 inquiries by citizens.
 4. Raised awareness of the citizens about their role in environmental protection through two public debates and project promotion in local media.  Two polls were conducted, with affirmative confirmation by citizens that the call-centres have contributed to the improvement of the communal services.</t>
   </si>
   <si>
     <t>International Lim Biathlon Priboj-Rudo</t>
   </si>
   <si>
     <t>40 141 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed at improvement of communication and cooperation between local communities and their organizations in Priboj – Rudo crossborder area with strong focus on enhancement of the existing manifestation „International Lim Biathlon“. The project activities included organization of meetings with Priboj and Rudo municipal representatives, procurement of rafting boats and full equipment, organization and conducting of training for 30 members of rafting clubs „Dabar“  from Priboj and „Valine “ from Rudo, procurement of safety equipment for rafters, development of promotional material, actions on the Lim riverside cleaning, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Establishment of organizational board for „International Lim Biathlon“ and future manifestations on the Lim river between Priboj and Rudo municipalities;
 Capacities improved by procurement of rafting boats with full equipment and through training for rafting guides;
 Improved safety of participants through the procurement of necessary equipment;
 Improved promotion of „International Lim Biathlon“ manifestation;
 33 kilometers  of the Lim riverside cleaned between Priboj and  Rudo.</t>
   </si>
   <si>
     <t>Improvement of International Lim Biathlon manifestation Priboj-Rudo(Setihovo) - Regatta for all</t>
   </si>
   <si>
     <t>66 724 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is aimed at continuation of improving the communication and cooperation between the local communities and the organization of local communities of these cross-border regions, Priboj and Rudo by means of improvement of the existing International Lim Biathlon manifestation through the new joint manifestations and strengthening of technical capacity for rafting and cycling.
 Final beneficiaries of the project are Rafting club " "Valine" Rudo, Sport-fishing organization "Jezero" Rudo, Association "Nada" Rudo,  Rudosport Rudo.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Established joint organizational committee of manifestation and planned calendar of  acitivites;
 Increased security of participants through enhanced training of skippers;
 Improved technical conditions for organizing the manifestation;
 Improved technical capacity of rafting clubs;
 Promoted integration of persons with special needs;
 Raised enviromental awareness of the pariticipants in the manifestation through holding the enviromental regatta within the manifestation;
 Improved technical conditions for the development of cycling in the cross-border regions and popularized number of participants of cycling caravan to 50%;
 Advanced technical conditions for holding the music-entertaining part of the manifestation but through the purchase of acoustics and organization of the concert.</t>
   </si>
 </sst>
 </file>
 