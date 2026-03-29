--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Persons with disabilities - Leaders in beekeeping (self-employment of persons wi th disabilities)</t>
   </si>
   <si>
@@ -97,123 +97,123 @@
 - Networking among honey producers in cross-border areas and joint placement of products in the market</t>
   </si>
   <si>
     <t>37 756 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acquired a wealth of knowledge and skills in beekeeping
 - Provided starter equipment and supplies for establishing a business initi ative in beekeeping sector
 - Marketing of new socially responsible products
 - Networking among honey producers in cross-border areas and joint place ment of products in the market</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>'''Investment for Future'''' CfP Cross-border co-operation BIH and Serbia, Appl ication no 66</t>
   </si>
   <si>
     <t>23 713 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The Youth Project strives to meet the needs of young people across the cross border area, particularly in the municipalities of Sokolac and Arilje, by increasing peer interaction with the aim to reinforce youth activism, cultural and sport links and joint participation in activities of common interest.</t>
   </si>
   <si>
     <t xml:space="preserve">1. The project included around 400 young people between 14 to 20 years of age directly and around 2000 people indirectly. Those direct beneficiaries of project activities have learned to ski in Jahorina, attended a swimming school in Arilje and organised summer camps and youth festivals in Sokolac and Arilje.
 2.  The project boosted co-operation between the two comunities, Sokolac and Arilje: a  Memorandum of Twinning was signed in May 2011.</t>
   </si>
   <si>
     <t>Social cohesion and cultural exchange through institutional and people to people interventions</t>
   </si>
   <si>
     <t>41 739 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to contribute to the creation of contacts at different levels and sectors of activities using the potential of cross-border cooperation to develop institutional links and networks that can mobilize the available regional and national resources concerned with social inclusion of children with disabilities</t>
   </si>
   <si>
     <t xml:space="preserve">The project provided its contribution to inclusion and integration of children with disabilities in their communities through various measures: 
 1)	The summer school of inclusion, gathering a total of 242 children from 20 communities/towns in BiH and MNE to actively interact with children without disabilities, to build their capacity through various adapted and tailored workshops and excursions into nature.
 2)	Bringing together the children’s associations in order to enhance their cooperation and synergy, to improve the assistance provided to their members and to widen the aspect of assistance for their members.
 3)	Training workshops for pedagogues, municipal representatives, social centre workers, as well as parents of children with disability to provide basic knowledge about the importance and details of dealing with children with special needs. A total of 6 workshops (3 in each country) were held, hosting a total of 108 pedagogues, local authority representatives, social centre workers and parents of children with disability.
 Regarding the establishment of cross-border partnership and networks, all associations and their unions (in BiH on Entity level, and in Montenegro on national level) were invited to actively participate in joint preparations for the Summer School of Inclusion methodology and programme. In addition, the network of the three unions and the 35 eligible associations (mostly on municipal level) jointly prepared a joint project proposal as one of the first steps of their future cooperation.</t>
   </si>
   <si>
     <t>Give me a chance</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is to contribute to equality and protection of the rights of persons with intellectual disabilities for the participation in cultural life, recreation, leisure and sport in accordance with UN Convention on the Rights of Persons with Disabilities. 
 Specific objective is to enhance social inclusion and participation of persons with intellectual disabilities from Montenegro and Bosnia and Herzegovina trough mainstreaming sporting activities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and networking of organisations and institutions aiming to work on enhancing social inclusion of persons with intellectual disabilities trough sport activities. 
 - Improved level of mobility, participation and inclusion of persons with intellectual disabilities in cultural and sport life on national and regional level. 
 - Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>