--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,155 +30,155 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>FEMRED-Flood Emergency Management and Risk REDuction in Derventa region</t>
   </si>
   <si>
     <t>190 939 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall project objective is to contribute to the implementation of short and medium-term interventions for r ecovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and a dvocacy activities on the need for liable management of water beds, drainage s ystems, lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have develo ped flood prevention and monitoring plans as well as early warning systems 
 - Small independent businesses are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Discover Posavina - Development of Joint Tourist Offer of the Posavina Region</t>
   </si>
   <si>
     <t>79 607 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed at support to revitalization of cross-border economy by stimulating tourism development in Croatia and Bosnia and Herzegovina, development of recognisable joint tourist offer of the Posavina Region and promotion of the regional identity and tourist offer of the Posavina region. Main project activities were: management and visibility, creation of Posavina joint tourist offer
 	Establishment of the Association of Tourist Organisations of the Posavina Region, promotion of Posavina regional identity and joint tourist offer, 	Posavina tourist community web page developent, etc.
 Final beneficiaries were tourist offices in the region, tourists, local communities and citizens.</t>
   </si>
   <si>
     <t xml:space="preserve">Joint tourist offer of the Posavina Region;
 Established Association of Tourist Organisations of the Posavina Region;
 Developed plan and tools for promotion of the regional identity and joint tourist offer of the Posavina region;
 Four thematic capacity building workshops;
 Promo campaign of Posavina regional identity and joint tourist offer.</t>
   </si>
   <si>
     <t>Sava garden - Regional growth through economic and rural development - ReGERD Pr oject</t>
   </si>
   <si>
     <t>498 782 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project promotes a so called "Business-friendly concept" of local governance by introduction of one-stop shops and other measures implemented by the newly formed municipal teams for economic governance.  In return, this model should create a more responsive local administration, by reducing the time for response to SMEs by 40%. 
 The project has also improved business environment for SMEs through establishment of the Regional Centre for Economic and Rural Development (CERD) with a range of new business services provided to some 80-100 SMEs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strong local partnership established and strengthened, economic governance improved and suitable operational framework for local SMEs developed in the SAVA-GARDEN region.
 - Regional Centre for Economic and Rural Development (CERD) established and strengthened to support business and rural development in the region. 
 - A range of business support services provided to growth-oriented SMEs.
 </t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>