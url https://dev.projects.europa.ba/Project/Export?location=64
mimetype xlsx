--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,77 +30,77 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Let Ljubovija, Bratunac, Srebrenica and Krupanj build JOINT FUTURE for sustainab le development and prosperity by managing their rivers and bringing together the ir capacities - Zajednicka buducnost</t>
   </si>
   <si>
     <t>368 932 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project provided a contribution to the prevention of floods and to reducing the damage caused by unregulated torrential rivers that flow into the Drina river, thus reducing the risk to human lives and health and their material property caused by swollen rivers and polluted drinking water sources. 
 At the same time,  the project improved preparedness for proper emergency response and flood risks management, as well as cooperation of the relevant institutions of neighbouring Ljubovija, Bratunac, Srebrenica, and Krupanj municipalities. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood prevention and protection of people, property and drinking water source, and reduced flood-caused damage in CB area of Ljubovija, Bratunac, Srebrenica, and Krupanj through regulation of the torrential rivers Grabovica a nd Križevica on their flow towards the Drina, and by building dams in the torren tial creeks Gavrinovac, Kolovac, and Zmajevac; 
 - Improved preparedne ss for joint CB emergency response in case of flood and capacities for flood ris ks management through formation of a joint Flood Management Centre and provision of professional trainings according to best EU practices;
 - Raised awareness of general population for the necessity of cooperation between the peo ple of neighbouring Ljubovija, Bratunac, Srebrenica, and Krupanj for the purpose of joint social and economic development, starting with joint work on flood damage control, flood prevention, and reaction in case of flood reoccurrence. 
 - All the above expected results should lead towards improved inter-municipal and inter-ethnic cooperation between Ljubovija, Bratunac, Srebrenica, and Krupanj people, as an expected positive side-effect of the action and a contribution to reconciliation of the people with tragic history in mutual relationships during the past decades.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Provision of preliminary and main design for the rehabilitation of the section o f the ground floor of the administrative building in Srebrenica Potocari Memoria l Centre</t>
   </si>
   <si>
@@ -133,51 +133,51 @@
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Supervisory services to ensure execution and completion of works under the particular contract in accordance with EU procedures, on time, within the budget available and in accordance with the provisions of the contract, design and technical specifications for execution of the respective works.</t>
   </si>
   <si>
     <t>Rehabilitation of a section of the ground floor of the administrative building i n Srebrenica Potocari Memorial Centre, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>295 285 €</t>
   </si>
   <si>
     <t>This project will rehabilitate a section of the ground floor of the administrative building in Potočari Memorial Centre in Srebrenica.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Section of the ground floor of the administrative building in Srebrenica Potočari Memorial Centre rehabilitated and handed over to the beneficiary. </t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>'''New relations in the bordering region of Serbia and Bosnia and Herzegovina'' '' CfP Cross-border co-operation VIH adn Serbia - Application 60</t>
   </si>
   <si>
     <t>29 671 €</t>
   </si>
   <si>
@@ -246,51 +246,51 @@
     <t>94 370 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. BiH and the EU's strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know-how improvements has been recognised as valuable for becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at empowering civil society organizations in sustaining the creation of multi-stakeholder partnerships finalised for the achievement of good status of the Drina river water as foreseen by the EU WFD.</t>
   </si>
   <si>
     <t>With the European Union funding, this project had significant impact on increase of civil society organisations’ (CSOs) participation and inter-municipal cooperation in the Local Environment Action Plans’ (LEAPs) implementation of Višegrad, Bratunac and Srebrenica municipalities for a better Drina river management. Also, we fostered multi stakeholder partnerships and actions led by CSOs for a better quality of Drina river management. In particular, Public-Private Partnerships in 3 target municipalities on Drina are activated, aimed at the implementation of LEAP inter-municipal priorities. Advocacy process for creation of a Water Sub-Agency on Drina River with the active involvement of local stakeholders is initiated and specific proposal is elaborated. A series of multi-stakeholders pilot actions to reduce the waste in and along the Drina river are conduced, including public campaigns with particular involvement of young population (schools) that took an active part in environmental actions on the field (cleaning and arranging the site along the river banks).</t>
   </si>
   <si>
     <t>Safe Food Region</t>
   </si>
   <si>
     <t>22 864 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aimed at strengthening the competitivenes of SMEs in BIH, prevention of food health injuries for consumers in Serbia, Bosnia and Herzegovina and in EU countries, and exchange of best food safety practices among food actors in cross border region. Special focus within the project was given to targeted food safety eduction of actors in food supply chain in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Food safety training for consumers representatives;
 Food safety training for HORECA sector;
 Food safety training for local market food processors;
 Food safety training for export-oriented companies;
 Food safety training for retailers;
 Food safety guide (officially registered in the National library of Serbia).</t>
   </si>
   <si>
     <t>'''E761 Convergence''''</t>
   </si>
   <si>
     <t>39 910 €</t>
   </si>
   <si>
@@ -319,51 +319,51 @@
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t>EU Support to Economic Development in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>497 508 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Main)</t>
   </si>
   <si>
     <t>The project will improve competitiveness food production SMEs and agricultural c ooperatives through establishment of sustainable support mechanisms and provisio n of technical support in the 4 target municipalities. The project will provide grants to at least 16 food production SMEs and agricultural cooperatives from Bi rac region. In addition, 24 women entrepreneurs will receive grants for implemen tation of their business plans to boost employment of socially vulnerable busine sses. The project will create at least 4 export oriented partnerships between th e local food producers for better access to food market. A number of joint initi atives between the municipalities and economic development institutions will be implemented, including two local trade fairs.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Business environment for mainly export-oriented agricultural SMEs and producers improved in target municipalities through implementation of mentorship progra m to improve public policies and services and cooperation with other development and employment institutions and banks and implementation of Young Professional Program. 
 - Food production SMEs and agricultural cooperatives strengthened thro ugh the training and provision of grants and in-kind contribution to 16 beneficiaries for production improvement and physical infrastructure. 
 - Women and social entrepreneurship promoted at regional level as a sustainable business model by facilitating NGO MAJA to become a resource centre for women and social entrepre neurship and provision of training and grant support to women and social enterprises.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>