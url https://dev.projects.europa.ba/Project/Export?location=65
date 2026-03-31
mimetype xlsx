--- v0 (2025-10-31)
+++ v1 (2026-03-31)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Improving flooding prevention system in municipalities Bijeljina, Lopare, Sekovi ci, Sapna and Teocak</t>
   </si>
   <si>
     <t>199 411 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Project purpose is to contribute to the implementation of short and medium-term interventions for recovery of flood-affected areas through support for the priorities in the area of environment, employment, education, health, social inclusion and any other sector, excluding the reconstruction of housing and public infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>