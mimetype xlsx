--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>EU4SPORT_To foster positive social development through improvement of the sports infrastructure in schools -works Lot 2</t>
   </si>
   <si>
@@ -116,51 +116,51 @@
   <si>
     <t xml:space="preserve">The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 6 schools in the following cities/municipalities: Gornji Vakuf/Uskoplje; Zenica, Tesanj,  Kupres, Teslic,  Sipovo. The aim is to create  optimal spatial conditions to physical education in schools, as well as recreational activities of young people in the schools, conducted in a professional, high-quality and safe manne</t>
   </si>
   <si>
     <t>Renovated gyms in 6 primary schools</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>