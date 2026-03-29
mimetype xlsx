--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>EU4SPORT_To foster positive social development through improvement of the sports infrastructure in schools -works Lot 2</t>
   </si>
   <si>
     <t>745 474 €</t>
   </si>
   <si>
     <t/>
   </si>
@@ -87,102 +87,102 @@
   <si>
     <t xml:space="preserve">The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 6 schools in the following cities/municipalities: Gornji Vakuf/Uskoplje; Zenica, Tesanj,  Kupres, Teslic,  Sipovo. The aim is to create  optimal spatial conditions to physical education in schools, as well as recreational activities of young people in the schools, conducted in a professional, high-quality and safe manne</t>
   </si>
   <si>
     <t>Renovated gyms in 6 primary schools</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>COmpetitiveness of Business Excellence ARea ''''COBEAR''''</t>
   </si>
   <si>
     <t>395 593 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project has assisted the establishment of one-stop shops with range of services for the export oriented SMEs, support to business development and investments in the so called “BEAR area” (municipalities Tešanj, Teslić and Zepče). 
 The project has trained  9 SMEs from  the lead-competitive sectors on how to optimise a use of OSS services, 30 companies have been assisted with export support measures and 6 SME received assistance for development of business plans, product branding and product development. The project also supports youth employment through the provision of specialised equipment for the secondary education in the competitive sectors of BEAR area, such as mechanics, welding and textile.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved innovative mechanisms for support to sustainable local economic development and business zones investments in the BEAR area, including establishment of OSS offices.
 - Improved competitive capacities of 30 export oriented SMEs in metal, textile, wood and food processing sectors by assisting with marketing, education, product development, branding and certification of their products. 
 - Internationalization of SMEs from the BEAR area and matchmaking with foreign partners in B2B meeting.
 - Conditions for new employment improved through provision of equipment and tools for the secondary schools in the target municipalities.</t>
   </si>
   <si>
     <t>ECO FOOD_TURA - Development and strehngthening of eco suitable economy</t>
   </si>
   <si>
     <t>170 799 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>The project strived to contribute to development and straightening of eco suitable economy in the cross-border area of Croatia and Bosnia and Herzegovina. Specifically, in the area of Vukovar-Srijem County, Teslic and Zepce, the project enabled development of SMEs, cooperatives and associations in the agro-business sector with special focus on eco suitable production . Thus, the project contributed to the development of joint cross-border economic space by networking, know-how and experience exchange and new products development.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Established functional organizational and management structure for implementation of the project activities and successfully implemented project; 
 - Identified existing condition and development possibilities of the eco-production in the cross-border area with focus on the medicinal and aromatic plants production (sector MAP); 
 - Established structures as a supporting platform for agribusiness development - agribusiness innovation - educational centres ABIEC (one in CRO and one in BiH). 
 - Improved target groups’ capacities by educations, know-how and participating in local fairs 
 - Established eco-production stakeholders’ association in the VSC (CRO) and cross border cooperation amongst AgroMAP network (BiH) and SMC NETWORK (CRO) 
 - General public informed about implementation of the project activities  and possibilities  to increase local incomes by using natural resources on the eco-suitable principles.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>