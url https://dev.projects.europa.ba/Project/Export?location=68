--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>The Construction of the Courthouse in Trebinje, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>1 507 320 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Main); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is related to the:
 - Reconstruction of the Courthouse in Trebinje, 
 The Project is part of wider initiative of improving judicial efficiency and pr ofessionalism and securing smooth functioning of RoL throughout BiH (IPA 2015, Result 2), throughout reconstruction and modernization of the existing buildings as well as building new constructions where necessary.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Increase the effectiveness in judicial sector by improving working conditions;
 - Improving services to the citizens;
 - New Courthouse to accommodate 3 judicial institutions in Trebinje built.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
@@ -129,51 +129,51 @@
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is related to the supervision of the construction of:
 - Reconstruction of the Courthouse in Trebinje, 
 - Reconstruction of the Basic Court in Foča, and 
 - Reconstruction of the District Prosecutor's Office in East Sarajevo. 
 The Project is part of wider initiative of improving judicial efficiency and pr ofessionalism and securing smooth functioning of RoL throughout BiH (IPA 2015, Result 2), throughout reconstruction and modernization of the existing buildings as well as building new constructions where necessary.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Supervision of works for the construction and reconstruction of 3 judicial institutions in Trebinje, Foca, Istocno Sarajevo conducted.</t>
   </si>
   <si>
     <t>From the Medieval Fortresses in Herzegovina to the Austro-Hungarian Fortresses i n Montenegro / FORT-NET</t>
   </si>
   <si>
     <t>396 841 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to diversify tourism offer, basing its work on connecting historical cities and rural areas rich in cultural heritage. 
 In parallel, capacities of local stakeholders will be strengthened in the area of valorisation,  interpretation, promotion and integration of cultural assets into economic and social life of local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross-border tourist cluster with the aim to create a recognizable thematic tourist offer "From the Medieval Fortresses in Herzegovina to the Austro-Hungarian Fortresses in Montenegro" mapped and formed, connecting 15 most reputable structures in the MNE through a minimum of 10 organized hiking / cycling routes and 4 structures in BiH
 - Light visitor and access infrastructure arranged to support the development of key products (sign posting and recreational facilities for tourism purposes)
 - Small-scale conservation and restoration works on Old Town Ljubuški performed
 - Joint marketing campaign implemented
 - Capacity of target groups regarding development and management in cultural tourism and its potential to spill off and improve economic and social environment of cross border area improved</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
@@ -224,94 +224,94 @@
   <si>
     <t>EMPOWER - Empowering Civil Society Organizations in the Social Inclusion of Persons with Disabilities</t>
   </si>
   <si>
     <t>378 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project is aimed at strengthening of CSOs of Persons with disabilities to contribute to social development and social inclusion in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - In total, 35 grassroots CSOs from 7 areas in BiH will be strenghten through training activities and supported through grant scheme to implement activities in the area of their comptetencies (social services, education etc.) 
 - Local authorities in at least 15 communitites will be organised in Action group and improve coordination and communciation with Civil society and be able to define and design actions aimed at imrovement of position of Persons with disabilities.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>CfP Cross-border co-operation BiH-MNE</t>
   </si>
   <si>
     <t>136 542 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project's aim was to foster joint sustainable development and to increase the effectiveness of waste management of the cross border area by strengthening capacities of joint institutional networks among private, public and civil society sector. The specific objectives included: a) Establishing waste management cluster as action of the environmental development initiatives in the border areas; b) Raising awareness and educating public, private, civil society sector and citizens on importance of the waste management  and its economic, financial and social aspects; c) Improving joint management and re-establishing cross-border cooperation.</t>
   </si>
   <si>
     <t xml:space="preserve">Established umbrella Cross Border Cooperation Working Group (CBC WG) and maintained an effective dialogue on environmentally friendly social and economic activities;
 Conducted Waste Audit and prepared Waste Audit Document;
 Established two waste management clusters;
 Raised public awareness and educated target groups on sustainable waste management by means of 4 round tables, 2 open days, 12 trainings, 1 final conference, and promotional materials.</t>
   </si>
   <si>
     <t>61 600 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The large number of forest fires and poor equipment of national services to deal with this problem have been a serious problem both in Montenegro and in the neighbouring Bosnia and Herzegovina. Forest fires frequently occur in the territories of both Municipality of Niksic and Municipality of Trebinje which are regions of high fire risk. 
 The project aims at reducing the number of human-caused fires by intensive public information campaign about responsible behaviour, risks that should be avoided and preventive actions. Some of the project activities are related to trainings and procurement of equipment for the Fire Departments is Trebinje and Niksic and volunteer fire associations from the cross-border area. The project activities will include also the exchange of good practice so as to enable members and employees of the two Fire Departments to meet the needs of the local population in a more adequate way. These activities will upgrade their capacities to react in a more efficient manner and thus significantly reduce possible damage.</t>
   </si>
   <si>
     <t xml:space="preserve">1. The Agreement for the fire and natural disasters prevention, mitigation, and control between the municipalities of Niksic and Trebinje was signed;
 2. The capacities and performance of the fire brigades in Trebinje and Niksic were improved through provision of equipment and trainings;
 3.Local population in cross border area familiarized with the preventive actions against fires;
 4.Integrated Plan for Fire and Natural Disasters Management in cross border area between municipalities of Niksic and Trebinje is prepared and approved.</t>
   </si>
   <si>
     <t>Increasing employment trough the creation environmental jobs and the biodiversit y conversation</t>
   </si>
   <si>
     <t>45 206 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
@@ -429,80 +429,80 @@
   </si>
   <si>
     <t>0 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation on fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>INFO-HEP CENTRE - with cross-border cooperation to easily accessible health and social services</t>
   </si>
   <si>
     <t>46 367 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project will provide currently unavailable health and social services in the field of prevention, detection and treatment of viral hepatitis. With Info-hep centre in Split-Dalmatia County and in Banja Luka, those services will be easy accessible to all groups in targeted communities, particularly marginalized ones or those in risk.
 Through advocacy and lobbying of health system and decisions makers, educational trainings for primary health care physicians, round table and international meeting, the project  will increase level of knowledge and awareness among stakeholders in health systems in Split-Dalmatia County as well as in Republika Srpska on importance of improvement of health care for viral hepatitis in the institutional system as well as the methods to offer new services with smaller costs.</t>
   </si>
   <si>
     <t xml:space="preserve">This Project provided non-existent and unavailable health and social services in the field of prevention, detection and treatment of viral hepatitis. With establishment of the Information Centres for Hepatitis (Info HEP Centre –IHC) in the Split - Dalmatia County and in Banja Luka (with surrounding north-west area of Bosnia and Herzegovina), those services became easily accessible to all groups in targeted communities, particularly marginalized ones or those in risk.
 Through IHC (stationary and mobile) the project provided 2.775 services for 2.764 persons, out of which 1.079 through stationary, and 1.685 through mobile IHC. Stationary IHCs received 586 calls through free info phone/ SOS phone, provided 89 online counselling, 73 individual counselling, 28 participants on self- help groups, 303 tested person.Mobile IHCs addressed 336 persons from rural areas, 341 persons from urban areas, 517 persons tested in VCT, 265 prisoners and prison staff, 226 drug addicts. 
 12 healthcare professionals participated in the work of IHC (6 in Croatia, 6 in BH). 12 staff of NGOs were educated on organisation of the Info HEP Centre work and activities through 2 workshops. At the same time, 135 general practitioners received education through 5 workshops.
 In total 1.508 persons were tested (537 in Croatia, 971 in BH), from which 1.457 were newly tested (486 in Croatia, 971 in BH). Out of newly tested in the community 718 were tested through mobile IHCs/field activities, 303 through IHCs and 517 through VCTs. 
 As a part of advocacy and lobbying activities, 10 different advocacy letters were sent to 316 addresses; 26 meetings with key stakeholders, 1 round table and 1 international meeting for 43 participants were held. 
 Amongst key achievements of the project is the Analysis of public policies in BH and Croatia regarding the prevention and treatment of the ill with viral hepatitis with recommendations for revision of the Guidelines. In BiH, for the first time in a systematic manner, it analysed the policy in the field of prevention, diagnosis and treatment of viral hepatitis in BiH. The Analysis has enabled to define the necessary steps to be taken in this area. 
 An additional value of the project is the implementation of preventive activities within the Mobile IHC in flooded regions in BiH. After the May 2014 floods in BiH, a large number of the population is at risk from spreading of infectious diseases due to poor hygiene and epidemiological situation as well as the occurrence of risky behaviours as result of trauma exposure. Through project activities in Bosnia and Herzegovina, 35 volunteers were trained in undertaking protective measures when assisting to vulnerable population. In this manner, the project team disseminated knowledge and information about ways of hepatitis prevention to wider population.  
 The project implemented the Campaign - destigmatisation of the ill and organised two public awareness raising actions marking the World Hepatitis Day in 2013 in Split and Banja Luka. Awareness raising was a continuous activity using promotional and educational materials, media appearances, web site.</t>
   </si>
   <si>
     <t>Improvement of Tourism and Traffic Signage</t>
   </si>
   <si>
     <t>59 150 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Digital
  (Significant); Civil society (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to improve the tourism offer in the target cross-border area of Trebinje and Niksic.
 Specifically, the project is to improve tourism signalisation between MNE and BiH by  placing 830 tourism signs. Furthermore, the project will establish a sustainable traffic signage system on the regional road Niksic-Trebinje and on the local roads of the three towns (Niksic, Pljevlja and Trebinje) through placing 300 traffic signs and 4 signs with radar.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1.  Sustainable tourism signage system in the municipalities of Niksic, Pljevlja (MNE) and Trebinje (BiH) improved through placing of 830 tourism signs, upgrading of tourism web portals and 1 interactive outdoor totem; 
 2. Tourism signage improved through placing 760 street signs;  
 3. Improved cross-border tourism promotion of the municipalities of Niksic, Pljevlja and Trebinje by implementing joint media campaign;
 4. Improved traffic safety through establishment of sustainable signage system with 300 traffic signs in line with EU standards and 5 signs with radars in the period of 18 months;  
 5. Improved cross-border cooperation between the Municipalities of Niksic, Pljevlja (MNE) and the Municipality of Trebinje (BiH).</t>
   </si>
   <si>
     <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
   </si>
   <si>
     <t>205 679 €</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>Bridging Barriers - The Spirit of Partnership</t>
   </si>
   <si>
     <t>61 321 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender