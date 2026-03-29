--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,136 +30,136 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Supervision of works for reconstruction of the: Component 1 - Sava defence emban kmentin the Brcko District area (BiH); Sections II, III, IV and V and Component 2 - Regulation of the Janja Riverbed in Ugljevik, Republika Srpska (BiH)</t>
   </si>
   <si>
     <t>146 415 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The purpose if this project is supervision of works for reconstruction of the: 
 Component 1 - Sava defence embankment in the Brcko District area (BiH); Sections II, III, IV and V and
 Component 2 - Regulation of the Janja Riverbed in Ugljevik, Republika Srpska (BiH)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will secure quality implementation of the reconstruction works, which will result in:
 - Improved flood protection infrastructure in the following sections:
 a) Section II  chainage: 2+878,03 – 3+014,04 and 3+215,19 – 4+646,13 (total length of reconstruction L=1566,95m)
 b) Section III  chainage: 4+646,13 – 6+138,33 (total length of reconstruction L=1492,20m)
 c) Section IV chainage: 6+138,33 – 7+328,54 and 7+879,95 – 8+129,16 (total length of reconstruction L=1439,42m)
 d) Section V chainage: 8+129,16 – 9+660,22 (total length of reconstruction L=1531,06m)
 - In overall total length of 6.029,63 m.</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Regulation of the Janja Riverband in Ugljevik - relaunch</t>
   </si>
   <si>
     <t>2 674 449 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The aim of this project was “Regulation of the Janja Riverbed in Ugljevik” over a length of 3.7km, from the bridge to Old Ugljevik upstream to the new bridge next to Ugljevik Thermal Power Plant, as well as to regulate the mouths of creeks that flow into the Janja River on the left bank. A significant left tributary of the Jana River is the Laktenica creek at Ch. 1+174,79 m, and the two small creeks at Ch. 2+606,55 m and Ch. 3+698,60 m. 
 The total designed length of regulation was 3.717 m. During the construction, it was necessary to shorten the regulation route twice, From P8-P18, in length of L=572m, and from P70-P76, in length of 208m.
 This project should built a stable riverbed of the Janja River, with the flow cross section formed in such a way as to ensure safe carrying of high water at a level occurring once in a hundred years p=1/100, and also to protect this part of riverbed from further erosion and destabilisation.
 The designed solution consists of the regulation of the minor riverbed, construction of protective defence embankments, expansion and deepening of the main riverbed.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved flood protection infrastructure in Ugljevik Municipality. 
 - The total length of constructed regulation is L 2937m on both banks, or a total of L=5874m (total length of the lower and upper longitudinal beams).
 - 47 transverse stabilization beams were constructed according to the design.
 - Recapitulated, the total length of cladding of riverbed (L=5874m), by its type is as follows: 
 o Broken stone in concrete, L=150m
 o Broken stone, L=40m
 o Concrete prisms, L=1016m
 o Reinforced concrete slab, L=4668m
 - 3 structures for evacuation of littoral water were done.
 - 168 m of concrete pipes in diameter DN300-DN1000mm were installed in order to evacuate surface water from the existing streams and culverts to the regulated riverbed.
 </t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>