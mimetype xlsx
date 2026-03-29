--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,132 +30,132 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Provision and improvement of the quality of adult education in the context of li felong learning</t>
   </si>
   <si>
     <t>148 232 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Main); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The purpose of this project is to develop program and institutional capacities, and improve access to adult education in the context of lifelong learning. 
 Specific Objectives are: 
 - Creation of strategic framework for adult education in the c ontext of lifelong learning and systematic regulation of professional development of andragogical personnel. 
 - Decrease of imbalance between sup ply and demand for labor and improvement of competences, competitiveness and employment in the Upper Drina region area. 
 - Harmonization of secondary vocational education with economy’s needs by advocating amendments to the law on secondary vocational education. 
 - Raising public awareness ab out benefits of new legislation on adult education and the importance of lifelong learning.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Recommendations accepted and Strategy in the field of adult education ad opted by relevant ministry, and an initiative for systematic regulation of andra gogical education initiated 
 - System of cooperation between target groups improved and 250 certified persons trained to work. 
 - Legislative procedure initiated and created precondit ions for taking the Master craftsman exam.</t>
   </si>
   <si>
     <t>Flood Defence System in Cross Border Area Serbia - BIH</t>
   </si>
   <si>
     <t>312 111 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to contribute to establishing a system for flood defence and recovery from flood consequences in the cross-border area in Serbia and Bosnia and Herzegovina.
 Specific Objective is improving preventive defence from floods in the torrential rivers of Kamisina, Raca and Rzav on the territory of the City of Uzice and the municipalities of Bajina Basta and Visegrad.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Recovered infrastructure for torrential flood defence in the river Kamisina in Mokra Gora.
 - Constructed the right riverbank of the Rzav in the centre of Visegrad 
 - Constructed the left riverbank and regulated watercourse of the river Raca in the Municipality of Bajina Basta
 - Increased capacities for response  during torrential floods in local governments Uzice, Bajina Basta and Visegrad.
 - Increased level of citizens’ awareness about  reactions in the time of floods.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to enhance co-operation and cultural exchange through joint activities primarily focused on the local music industry. With the main objective to increase the interaction among musicians and other artists the project will contribute to raising tolerance among multi-ethnic communities in the target area. The project will organise 20 concerts performed jointly by artists from the two countries to stimulate new and revive traditional cross-border connections.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 22 concerts were organised in 11 towns in Bosnia and Herzegovina and 10 in Serbia with plausible local media attention in around 30 media with 4 live streamings. 
 2. People-to-people interaction between the two countries for musicians, partner organisations and audience. 
 3. An orignal music piece "The Drina Cantana - Drino, vodo" containing ethno motives from East Bosnia and Herzegovina and West Serbia was composed and performed in the concerts.</t>
   </si>
   <si>
     <t>'''New relations in the bordering region of Serbia and Bosnia and Herzegovina'' '' CfP Cross-border co-operation VIH adn Serbia - Application 60</t>
   </si>
   <si>
     <t>29 671 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Digital
  (Significant); Civil society (Not targeted); Climate action
@@ -177,74 +177,74 @@
     <t>94 370 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. BiH and the EU's strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know-how improvements has been recognised as valuable for becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at empowering civil society organizations in sustaining the creation of multi-stakeholder partnerships finalised for the achievement of good status of the Drina river water as foreseen by the EU WFD.</t>
   </si>
   <si>
     <t>With the European Union funding, this project had significant impact on increase of civil society organisations’ (CSOs) participation and inter-municipal cooperation in the Local Environment Action Plans’ (LEAPs) implementation of Višegrad, Bratunac and Srebrenica municipalities for a better Drina river management. Also, we fostered multi stakeholder partnerships and actions led by CSOs for a better quality of Drina river management. In particular, Public-Private Partnerships in 3 target municipalities on Drina are activated, aimed at the implementation of LEAP inter-municipal priorities. Advocacy process for creation of a Water Sub-Agency on Drina River with the active involvement of local stakeholders is initiated and specific proposal is elaborated. A series of multi-stakeholders pilot actions to reduce the waste in and along the Drina river are conduced, including public campaigns with particular involvement of young population (schools) that took an active part in environmental actions on the field (cleaning and arranging the site along the river banks).</t>
   </si>
   <si>
     <t>Let''s save our rivers</t>
   </si>
   <si>
     <t>123 933 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t>The project plans to contribute to the establishment of a sustainable model of environment protection through removal of eleven (11) illegal dumps next to the riverbeds of Drina and Tara and improvement of monitoring by the Communal Police in Visegrad (BiH) and Mojkovac (Montenegro). Also contributing to the sustainable model of environment protection is awareness raising and influencing the changing of habits of the local population in these two targeted municipalities through raising awareness on proper waste disposal in a period of 18 months.</t>
   </si>
   <si>
     <t xml:space="preserve">1. Eleven (11) illegal garbage dumps in Bosnia and Herzegovina and Montenegro were cleaned and forested - 6 in Bosnia and Herzegovina and 5 in Montenegro 
 2. 20% of local population familiar with the proper disposal of waste through awareness raising campaign
 3. Two (2) call centres established, one (1) in Bosnia and Herzegovina and one (1) in Montenegro. Monitoring by the communal police improved.</t>
   </si>
   <si>
     <t>Youth - Most Important Driving Engine of Our Region</t>
   </si>
   <si>
     <t>39 562 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>