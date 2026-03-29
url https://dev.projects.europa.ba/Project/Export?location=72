--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project of which this contract will be a part is as follows: To ensure closer integration between BiH and the EU in the transport sector, also contributing to connectivity agenda priorities.
 Purpose of this project is to provide for draft technical parts of the terms of references concerning: 
 - technical assistance in institutional development of the BiH Railways Regulatory Board 
 - preparing of preliminary studies and conceptual designs for overhaul of railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acceleration of activities on rehabilitation of the priority sections on the Core and the SEETO Railway Comprehensive Network, in particular along the Corridor Vc, and strengthening of the capacity of the railway regulator.
 - Enabled tendering for provision of technical assistance to support further institutional development of the BiH Railways Regulatory Board, 
 - Enabled tendering for preparation of preliminary studies and conceptual designs for overhaul/reconstruction of railway facilities, including SS and telecommunications facilities, electrification and telecommunication facilities on the railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t>Conceptual design and preliminary studies for railway on South East Europe Transport Observatory Route 9a, Tuzla – Zvornik</t>
   </si>
   <si>
     <t>478 400 €</t>
   </si>
@@ -110,150 +110,150 @@
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project s acceleration of activities on rehabilitation of the priority sections on the Indicative extension of the TEN-T Rail Comprehensive Network to the Western Balkans (former SEETO Railway Comprehensive Network). 
 This assignment concerns preparation of conceptual designs/preliminary solutions and related preliminary studies for overhaul, reconstruction and construction of railway sections on the TEN-T extension/SEETO Comprehensive Network railway Route 9a: Tuzla - Zvornik and Tuzla - Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">The assignment shall provide for the following results:
 1. Railway section (Bosanska Poljana) - Tuzla - Zvornik:
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 2. Railway section Tuzla – Tuzla international Airport: 
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 </t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to enhance co-operation and cultural exchange through joint activities primarily focused on the local music industry. With the main objective to increase the interaction among musicians and other artists the project will contribute to raising tolerance among multi-ethnic communities in the target area. The project will organise 20 concerts performed jointly by artists from the two countries to stimulate new and revive traditional cross-border connections.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 22 concerts were organised in 11 towns in Bosnia and Herzegovina and 10 in Serbia with plausible local media attention in around 30 media with 4 live streamings. 
 2. People-to-people interaction between the two countries for musicians, partner organisations and audience. 
 3. An orignal music piece "The Drina Cantana - Drino, vodo" containing ethno motives from East Bosnia and Herzegovina and West Serbia was composed and performed in the concerts.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>Wise use of common natural resources - road to sustainability of the Serbia/BiH cross-border region</t>
   </si>
   <si>
     <t>100 742 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to sustainable development of the Serbia-BiH cross-border region by fostering cooperation and multistakeholders approach in integrated natural resources management in the Drina River Basin. The project target groups are at the same time the final beneficiaries of the project outcomes. 
 Project activities include:  analysis and mobilisation of the stakeholders, capacity building of local stakeholders, development of the Action plan for wise use and protection of natural resources, facilitating of the public consultation process, dissemination and promotion of the project activities, etc. 
 Final beneficiaries are: Local authorities in 6 target municipalities, Public utility companies dealing with forest resources management and/or utilization drinking and waste water management, Authorities in charge of water resources management, Civil society organizations (CSOs) and General public.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Increased capacities of local stakeholders in 6 target municipalities (3 in BiH, 3 in Serbia) to actively operate in environmental management in cross-border area;
 Developed Action plan for wise use and protection of natural resources in 6 municipalities in the Drina River Basin;
 Increased public participation in environmental decision making  through active involvement in action plans drafting;
 Increased public awareness for protection and sustainable use of natural resources by implementing public outreach activities.</t>
   </si>
   <si>
     <t>Safe Food Region</t>
   </si>
   <si>
     <t>22 864 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aimed at strengthening the competitivenes of SMEs in BIH, prevention of food health injuries for consumers in Serbia, Bosnia and Herzegovina and in EU countries, and exchange of best food safety practices among food actors in cross border region. Special focus within the project was given to targeted food safety eduction of actors in food supply chain in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Food safety training for consumers representatives;
 Food safety training for HORECA sector;
 Food safety training for local market food processors;
 Food safety training for export-oriented companies;
 Food safety training for retailers;
 Food safety guide (officially registered in the National library of Serbia).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">