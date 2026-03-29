--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,76 +30,76 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>EU4SPORT_To foster positive social development through improvement of the sports infrastructure in schools -works Lot 3</t>
   </si>
   <si>
@@ -117,51 +117,51 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>'''Greening the management of protected areas in SRB-BIH cross-border cooperati on" CfP CBC BIH/SRB Application 62</t>
   </si>
   <si>
     <t>76 456 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to improve institutional infrastructure and capacities of protected areas, ecotourism business and social welfare of local communities. 
 Specific problems to be addressed by the Project include: slow promulgation process, small size and outdated management of nature protected areas; low volume, quality and performance, poor marketing and low promotion of eco tourism in protected areas (less effective use of natural welfare together with uncontrolled tourism development);  small degree of involvement of NGOs in the related activities.
 By improving the productivity and the competitiveness of the area’s environmental resources, the Project will stimulate regular interaction between the environmental NGOs across the cross-border region. It will also stimulate contacts between reserve managers, governmental agencies, local communities and private businesses via: exchange of know-how; selected small investments in ecotourism infrastructure, as well as possible establishment of ecotourism cross-border clusters. 
 It will stimulate local economic development by supporting the development and improvement of ecotourism products &amp; services; integration of cultural heritage and environment into tourism products and joint marketing of these products. Furthermore, the Project will contribute to increasing the knowledge of people working in ecotourism and agriculture and the use of ICT tools for developing and marketing ecotourism and eco-products. 
 This action will also support awareness raising activities on environmental issues and joint actions to ensure that existing and future protected area are managed so that they can sustain the pressures of tourism development without losing their value.
 The overall objective of the action is: 
 -	To foster the role of the Civil Society Organisations in integrated management planning and eco tourism development in  nature protected areas within the programme area (BiH-Serbia) as a tool for local and regional sustainable economies development 
 Specific objectives of the action are:
 -	To create an Action plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme/border area, in line with relevant strategic documents of Serbia and B&amp;H, related to environmental protection and tourism development.  
 -	To implement integrated natural resources management and eco tourism development practices in 2 pilot areas in line with relevant international conventions and treaties . 
 -	To create a network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area with the purpose of exchanging experience and implementing the Action plan and securing sustainabilty and follow up of the actions.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 	The Project developed an Action Plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme area in line with relevant national strategic documents. The Action Plan is a tool for fostering the role of environmental NGOs in management and eco tourism development in  protected areas within the Serbia-BiH cross-border region. The Plan was supported by the local authorities and the NGO network established during the project. 
 2. 	A network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area was established. Network of NGOs and protected areas from the Serbia-BH cross – border region includes 35 members and represents a powerful body for the cross-border cooperation on creation and implementation of joint actions aimed at eco tourism development in protected areas. A declaration signed at the Final project workshop introduces the rules of network functioning and defines benefits and obligations of the Network members which will secure smooth functioning of the Network after the project is officially finished.
 3. 	Guidelines for integrated natural resources management and sustainable tourism development in line with relevant international conventions were drafted, printed and distributed to the target groups:  NGOs, local government, SMEs and entrepreneurs dealing with accommodation and catering services on how to improve ecotourism, generate income and at the same time protect natural resources.
 4. 	The project contributed to the increase of capacities and improved opportunities for eco-tourism development in the 2 pilot areas by developing the Business plan on the justification of investments in the reconstruction of the barracks at protected landscape Bijambare in Sarajevo Canton and developing Preliminary Design Plan of Adventure Park in Nature Monument „Sopotnica Waterfalls”.</t>
@@ -171,51 +171,51 @@
   </si>
   <si>
     <t>47 772 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to bring together female and male youth participants to develop their leadership capacities with the aim to encourage their active contribution in strengthening good neighbourly relations. 
 This joint initiative will be implemented with active involvement of young people gathered in youth groups from 12 communities within targeted regions. Project activities are designed to empower active contribution of youth in addressing their needs. These will be activities of common interest such as common capacity building, advocating common prioritized needs of youth regarding social and economic development, developing institutional networks with community stakeholders in social, political, economic, cultural and environmental fields, cross border working study visits and common cross border cultural events.</t>
   </si>
   <si>
     <t xml:space="preserve">The most prominent result of the project is that 320 youth leaders from 12 communities are involved in 4 youth focal groups well educated and skilled and with capacities to efficiently influence youth policies at local, national and regional level and for leading initiatives in communities and regions.
 All planned trainings were successfully realized and resulted in highly skilled youth that now act as promoters of social inclusion and European values, democratic societies and tolerance among their peers.</t>
   </si>
   <si>
     <t>Cross-bordering by the book</t>
   </si>
   <si>
     <t>42 538 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The disappearance of common cultural space following the 90s, followed by administrative problems in the attempts to recover cultural and literature contacts, endangered the status of books, writers and other artists, as well as the rights of citizens from both sides of the border, the public and private cultural institutions and civil initiatives to access public information, public goods and to have the right of education and information.
 The specific aim of the project is the renewal of cultural, educational and commercial bounds between south-eastern part of Bosnia and Herzegovina and north- western part of Montenegro, which implies improving the status of books and writers in both countries, with the focus on the over-border area by organizing 6 mini book fairs (3 towns in Montenegro and 3 in Bosnia and Herzegovina). The project will renew or establish relations between local cultural institutions in two countries, between civil initiatives in the region on both sides of the border, as well as between writers and artists. It will enable public and private institutions on both sides of the border, in the towns involved in this project, to start cooperation with a framework and a model which would be applicable in the future period as well.</t>
   </si>
   <si>
     <t xml:space="preserve">Cooperation in the literary circles in the area covered by the project was established through the interaction of cultural scenes in the cities which participated in the program. Along with the interaction of stakeholders, the public in both countries is familiar with the cross-border production. 
 Book market is extended to the population of cross-border areas where book fairs were held;
 The idea of cross-border cultural co-operation has been promoted via media in both countries</t>
   </si>
   <si>
     <t>Support to Transformation of Care Insitutions</t>
   </si>
   <si>
     <t>1 000 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital